--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cdf33b4e50f4ab3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R716e786746f7432c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4543c88326a14d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7f9d6563298d48f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4543c88326a14d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f9d6563298d48f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,413 +113,413 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryId</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
-        <x:v>5287</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>90044639</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
+        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>425 E 400 N                         </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>GUNNISON                            </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>UT </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>84634                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v>435-528-7199</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v>435-528-5172</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>ACS-PRS-5065.02</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Installing Inserts, Hardpoints, and Edge Filler in Composite Sandwich Structure</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V2" t="str">
         <x:v/>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>2890</x:v>
       </x:c>
       <x:c r="X2" t="n">
-        <x:v>26181</x:v>
+        <x:v>14929</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>2313</x:v>
+        <x:v>5287</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90050216</x:v>
+        <x:v>90044639</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>EURO-COMPOSITES CORP                              </x:v>
+        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>13213 AIRPARK DR                    </x:v>
+        <x:v>425 E 400 N                         </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>ELKWOOD                             </x:v>
+        <x:v>GUNNISON                            </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>VA </x:v>
+        <x:v>UT </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>22718                               </x:v>
+        <x:v>84634                               </x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>5407278500</x:v>
+        <x:v>435-528-7199</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>540-829-6611</x:v>
+        <x:v>435-528-5172</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ACS-PRS-5065.02</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Installing Inserts, Hardpoints, and Edge Filler in Composite Sandwich Structure</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v>Ref RCI R640711</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>2890</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>14765</x:v>
+        <x:v>26181</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>3129</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90078410</x:v>
+        <x:v>90050216</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>JANICKI INDUSTRIES INC                            </x:v>
+        <x:v>EURO-COMPOSITES CORP                              </x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>34240 STATE RTE 20                  </x:v>
+        <x:v>13213 AIRPARK DR                    </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>HAMILTON                            </x:v>
+        <x:v>ELKWOOD                             </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>WA </x:v>
+        <x:v>VA </x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>98255                               </x:v>
+        <x:v>22718                               </x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>360-814-1708</x:v>
+        <x:v>5407278500</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v/>
+        <x:v>540-829-6611</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>ACS-PRS-5065.02</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Installing Inserts, Hardpoints, and Edge Filler in Composite Sandwich Structure</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V4" t="str">
+        <x:v>Ref RCI R640711</x:v>
+      </x:c>
+      <x:c r="W4" t="n">
+        <x:v>2890</x:v>
+      </x:c>
+      <x:c r="X4" t="n">
+        <x:v>14765</x:v>
+      </x:c>
+      <x:c r="Y4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA4" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB4" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC4" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD4" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG4" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="n">
+        <x:v>3129</x:v>
+      </x:c>
+      <x:c r="B5" t="str">
+        <x:v>90078410</x:v>
+      </x:c>
+      <x:c r="C5" t="str">
+        <x:v>JANICKI INDUSTRIES INC                            </x:v>
+      </x:c>
+      <x:c r="D5" t="str">
+        <x:v>34240 STATE RTE 20                  </x:v>
+      </x:c>
+      <x:c r="E5" t="str">
+        <x:v>HAMILTON                            </x:v>
+      </x:c>
+      <x:c r="F5" t="str">
+        <x:v>WA </x:v>
+      </x:c>
+      <x:c r="G5" t="str">
+        <x:v>98255                               </x:v>
+      </x:c>
+      <x:c r="H5" t="str">
+        <x:v>360-814-1708</x:v>
+      </x:c>
+      <x:c r="I5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J5" t="str">
+        <x:v>5/28/2015</x:v>
+      </x:c>
+      <x:c r="K5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O5" t="str">
+        <x:v>ACS-PRS-5065.02</x:v>
+      </x:c>
+      <x:c r="P5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q5" t="str">
+        <x:v>Installing Inserts, Hardpoints, and Edge Filler in Composite Sandwich Structure</x:v>
+      </x:c>
+      <x:c r="R5" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="T5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U5" t="str">
+        <x:v>Composites</x:v>
+      </x:c>
+      <x:c r="V5" t="str">
         <x:v>Limited to 
 Type I, II  V only
 </x:v>
       </x:c>
-      <x:c r="W4" t="n">
-[...96 lines deleted...]
-      </x:c>
       <x:c r="W5" t="n">
         <x:v>2890</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>14929</x:v>
+        <x:v>14892</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>