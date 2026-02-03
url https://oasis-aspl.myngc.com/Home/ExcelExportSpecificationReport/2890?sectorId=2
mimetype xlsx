--- v1 (2025-12-20)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R716e786746f7432c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb144b53ef0c429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7f9d6563298d48f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd082c4b3966744d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f9d6563298d48f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd082c4b3966744d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,413 +113,413 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryId</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
-        <x:v>736</x:v>
+        <x:v>5287</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90044639</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
+        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>3801 S OLIVER ST</x:v>
+        <x:v>425 E 400 N                         </x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>WICHITA</x:v>
+        <x:v>GUNNISON                            </x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>KS</x:v>
+        <x:v>UT </x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>67210</x:v>
+        <x:v>84634                               </x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v>13165235351</x:v>
+        <x:v>435-528-7199</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>435-528-5172</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>ACS-PRS-5065.02</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Installing Inserts, Hardpoints, and Edge Filler in Composite Sandwich Structure</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V2" t="str">
         <x:v/>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>2890</x:v>
       </x:c>
       <x:c r="X2" t="n">
-        <x:v>14929</x:v>
+        <x:v>26181</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>5287</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90044639</x:v>
+        <x:v>90050216</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
+        <x:v>EURO-COMPOSITES CORP                              </x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>425 E 400 N                         </x:v>
+        <x:v>13213 AIRPARK DR                    </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>GUNNISON                            </x:v>
+        <x:v>ELKWOOD                             </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>UT </x:v>
+        <x:v>VA </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>84634                               </x:v>
+        <x:v>22718                               </x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>435-528-7199</x:v>
+        <x:v>5407278500</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>435-528-5172</x:v>
+        <x:v>540-829-6611</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ACS-PRS-5065.02</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Installing Inserts, Hardpoints, and Edge Filler in Composite Sandwich Structure</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v/>
+        <x:v>Ref RCI R640711</x:v>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>2890</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>26181</x:v>
+        <x:v>14765</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>2313</x:v>
+        <x:v>3129</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90050216</x:v>
+        <x:v>90078410</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>EURO-COMPOSITES CORP                              </x:v>
+        <x:v>JANICKI INDUSTRIES INC                            </x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>13213 AIRPARK DR                    </x:v>
+        <x:v>34240 STATE RTE 20                  </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>ELKWOOD                             </x:v>
+        <x:v>HAMILTON                            </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>VA </x:v>
+        <x:v>WA </x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>22718                               </x:v>
+        <x:v>98255                               </x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>5407278500</x:v>
+        <x:v>360-814-1708</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>540-829-6611</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>ACS-PRS-5065.02</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Installing Inserts, Hardpoints, and Edge Filler in Composite Sandwich Structure</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V4" t="str">
-        <x:v>Ref RCI R640711</x:v>
+        <x:v>Limited to 
+Type I, II  V only
+</x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>2890</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>14765</x:v>
+        <x:v>14892</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>3129</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90078410</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>JANICKI INDUSTRIES INC                            </x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>34240 STATE RTE 20                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>HAMILTON                            </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>WA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>98255                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>360-814-1708</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v/>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>ACS-PRS-5065.02</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Installing Inserts, Hardpoints, and Edge Filler in Composite Sandwich Structure</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V5" t="str">
-        <x:v>Limited to 
-[...1 lines deleted...]
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>2890</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>14892</x:v>
+        <x:v>14929</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>