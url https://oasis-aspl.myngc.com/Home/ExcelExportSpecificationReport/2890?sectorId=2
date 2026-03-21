--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb144b53ef0c429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9832edb112f4472" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd082c4b3966744d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7bcd9ba5e96742d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd082c4b3966744d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7bcd9ba5e96742d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">