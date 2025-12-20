--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ddecf31e0f42d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09200a56e8724323" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf4b989d26c834cda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5e286dcb4f694bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4b989d26c834cda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e286dcb4f694bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -505,3057 +505,3057 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>219</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90024671</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>AIRCRAFT TUBULAR COMPONENTS INC</x:v>
+        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>3939 DOW RD</x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>MELBOURNE</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>FL</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>32934</x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>3217579020</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>3217579020</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v>Aluminum Only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>12641</x:v>
+        <x:v>14921</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>26266</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90174381</x:v>
+        <x:v>90024671</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Align Precision 597 North 1500 West</x:v>
+        <x:v>AIRCRAFT TUBULAR COMPONENTS INC</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>597 North 1500 West</x:v>
+        <x:v>3939 DOW RD</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Cedar City</x:v>
+        <x:v>MELBOURNE</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>UT</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>84721</x:v>
+        <x:v>32934</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>435-586-3871</x:v>
+        <x:v>3217579020</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v/>
+        <x:v>3217579020</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>10/20/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v>Aluminum  titanium etch only</x:v>
+        <x:v>Aluminum Only</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>29303</x:v>
+        <x:v>12641</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>260</x:v>
+        <x:v>26266</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90048650</x:v>
+        <x:v>90174381</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Alloy Processing</x:v>
+        <x:v>Align Precision 597 North 1500 West</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>1900 W Walnut St</x:v>
+        <x:v>597 North 1500 West</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Compton</x:v>
+        <x:v>Cedar City</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>CA</x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>90220-5019</x:v>
+        <x:v>84721</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(310) 635-9995</x:v>
+        <x:v>435-586-3871</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>(310) 635-9936</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>3/11/2004</x:v>
+        <x:v>10/20/2023</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v/>
+        <x:v>Aluminum  titanium etch only</x:v>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>18090</x:v>
+        <x:v>29303</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>169</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90044349</x:v>
+        <x:v>90048650</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>ANADITE CA RESTORATION TRUST</x:v>
+        <x:v>Alloy Processing</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>10647 S. GARFIELD AVE.</x:v>
+        <x:v>1900 W Walnut St</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>SOUTH GATE</x:v>
+        <x:v>Compton</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>90280-7325</x:v>
+        <x:v>90220-5019</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>5628612205</x:v>
+        <x:v>(310) 635-9995</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>562-862-6479</x:v>
+        <x:v>(310) 635-9936</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>10/20/2009</x:v>
+        <x:v>3/11/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v>Aluminum  Titanium only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>29958</x:v>
+        <x:v>18090</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>31</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90066724</x:v>
+        <x:v>90044349</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Asko Processing, Inc.</x:v>
+        <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>434 N. 35th Street</x:v>
+        <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>98103</x:v>
+        <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>(206) 634-2080</x:v>
+        <x:v>5628612205</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>(206) 547-4511</x:v>
+        <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>6/17/2008</x:v>
+        <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V10" t="str">
-        <x:v/>
+        <x:v>Aluminum  Titanium only</x:v>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>23799</x:v>
+        <x:v>29958</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>171</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90008061</x:v>
+        <x:v>90066724</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>Asko Processing, Inc.</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>434 N. 35th Street</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>Seattle</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>CA </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>98103</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>3104780078</x:v>
+        <x:v>(206) 634-2080</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v/>
+        <x:v>(206) 547-4511</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/17/2008</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V11" t="str">
-        <x:v>Aluminum only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>12622</x:v>
+        <x:v>23799</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>59</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90049168</x:v>
+        <x:v>90008061</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Bowman Plating Company Inc</x:v>
+        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>2631 E 126th St</x:v>
+        <x:v>2210 BARRY AVE                      </x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Compton</x:v>
+        <x:v>LOS ANGELES                         </x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>90222</x:v>
+        <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>(310) 639-4343 EXTN 152</x:v>
+        <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>(310) 639-3577</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J12" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v/>
+        <x:v>Aluminum only</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>29615</x:v>
+        <x:v>12622</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90049333</x:v>
+        <x:v>90049168</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>CALIFORNIA METAL PROCESSING CO                    </x:v>
+        <x:v>Bowman Plating Company Inc</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>1530 W Slauson Ave                  </x:v>
+        <x:v>2631 E 126th St</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Los Angeles                         </x:v>
+        <x:v>Compton</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>90047                               </x:v>
+        <x:v>90222</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>3237532247</x:v>
+        <x:v>(310) 639-4343 EXTN 152</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v/>
+        <x:v>(310) 639-3577</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v>Aluminum only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>12614</x:v>
+        <x:v>29615</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>25978</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90120694</x:v>
+        <x:v>90049333</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Central Metal Finishing LLC</x:v>
+        <x:v>CALIFORNIA METAL PROCESSING CO                    </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>1006 Airport Rd.</x:v>
+        <x:v>1530 W Slauson Ave                  </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>Holdenville</x:v>
+        <x:v>Los Angeles                         </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>OK</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>74848</x:v>
+        <x:v>90047                               </x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>405-379-5252</x:v>
+        <x:v>3237532247</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>4/29/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>Aluminum and Titanium</x:v>
+        <x:v>Aluminum only</x:v>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>23755</x:v>
+        <x:v>12614</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>13930</x:v>
+        <x:v>25978</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90066082</x:v>
+        <x:v>90120694</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>CHEMRESEARCH CO INC</x:v>
+        <x:v>Central Metal Finishing LLC</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>1130 W HILTON AVE</x:v>
+        <x:v>1006 Airport Rd.</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>PHOENIX</x:v>
+        <x:v>Holdenville</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>AZ</x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>85007-4305</x:v>
+        <x:v>74848</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>602-288-0894</x:v>
+        <x:v>405-379-5252</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>602-254-0428</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>5/9/2017</x:v>
+        <x:v>4/29/2021</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Limited to aluminum and stainless steel only</x:v>
+        <x:v>Aluminum and Titanium</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>29595</x:v>
+        <x:v>23755</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>26006</x:v>
+        <x:v>13930</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90069062</x:v>
+        <x:v>90066082</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>CHROME PLUS INTERNATIONAL LLC</x:v>
+        <x:v>CHEMRESEARCH CO INC</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>3939 W 29th St S</x:v>
+        <x:v>1130 W HILTON AVE</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>PHOENIX</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>KS</x:v>
+        <x:v>AZ</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>67217</x:v>
+        <x:v>85007-4305</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>316-944-3600</x:v>
+        <x:v>602-288-0894</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v/>
+        <x:v>602-254-0428</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>7/8/2021</x:v>
+        <x:v>5/9/2017</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V16" t="str">
-        <x:v/>
+        <x:v>Limited to aluminum and stainless steel only</x:v>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>23813</x:v>
+        <x:v>29595</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>184</x:v>
+        <x:v>26006</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90049744</x:v>
+        <x:v>90069062</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>CYGNUS INC                                        </x:v>
+        <x:v>CHROME PLUS INTERNATIONAL LLC</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>122 EMERALD INDUSTRIAL PARK RD      </x:v>
+        <x:v>3939 W 29th St S</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>PONDERAY                            </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>ID </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>83852                               </x:v>
+        <x:v>67217</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>2082634761</x:v>
+        <x:v>316-944-3600</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>208-263-9217</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>10/1/2004</x:v>
+        <x:v>7/8/2021</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v>Aluminum only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>12650</x:v>
+        <x:v>23813</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>66</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90050010</x:v>
+        <x:v>90049744</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>E M E INC</x:v>
+        <x:v>CYGNUS INC                                        </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>431 E. Oaks St</x:v>
+        <x:v>122 EMERALD INDUSTRIAL PARK RD      </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>PONDERAY                            </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>CA</x:v>
+        <x:v>ID </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>90221-1001</x:v>
+        <x:v>83852                               </x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>3106391621</x:v>
+        <x:v>2082634761</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>310-639-8559</x:v>
+        <x:v>208-263-9217</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/1/2004</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v/>
+        <x:v>Aluminum only</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>12618</x:v>
+        <x:v>12650</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>32</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90050097</x:v>
+        <x:v>90050010</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>ELECTROLURGY INC                                  </x:v>
+        <x:v>E M E INC</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>1121 DURYEA AVE                     </x:v>
+        <x:v>431 E. Oaks St</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>IRVINE                              </x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>92614-5519                          </x:v>
+        <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>949-250-4494</x:v>
+        <x:v>3106391621</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>949-250-4072</x:v>
+        <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>9/24/2007</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v>Limited to approved RC/I #BR210594</x:v>
+        <x:v>Etch procedure approved per RCI 451471.Deoxidizer procedure approved per RCI 451762.</x:v>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>21305</x:v>
+        <x:v>12618</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>355</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90046908</x:v>
+        <x:v>90050097</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>ELECTROLURGY INC                                  </x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>1121 DURYEA AVE                     </x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>IRVINE                              </x:v>
       </x:c>
       <x:c r="F20" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>92614-5519                          </x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>8059834320</x:v>
+        <x:v>949-250-4494</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>805-983-3830</x:v>
+        <x:v>949-250-4072</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>10/6/2011</x:v>
+        <x:v>9/24/2007</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v/>
+        <x:v>Limited to approved RC/I #BR210594</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>25968</x:v>
+        <x:v>21305</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>174</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90046908</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>EMBEE PROCESSING, LLC</x:v>
+        <x:v>Elite Metal Finishing LLC</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
+        <x:v>540 Spectrum Cr                    </x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Oxnard                            </x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>93030                               </x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K21" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L21" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v>Limited to EP-19A-1 (aluminum  CRES alloy only)</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>12660</x:v>
+        <x:v>25968</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>25939</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F22" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>90813</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K22" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L22" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V22" t="str">
-        <x:v>Limited to BR211348, BR211872 for alternate solutions</x:v>
+        <x:v>Limited to EP-19A-1 (aluminum  CRES alloy only)</x:v>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>23436</x:v>
+        <x:v>12660</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>85</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>KS </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V23" t="str">
-        <x:v/>
+        <x:v>Limited to BR211348, BR211872 for alternate solutions</x:v>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>23815</x:v>
+        <x:v>23436</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>26281</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90174451</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>GSP METAL FINISHING INC</x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>16520 S FIGUEROA ST</x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>90248</x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>424-266-9152 X410</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v/>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J24" t="str">
-        <x:v>12/4/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V24" t="str">
-        <x:v>Titanium alloy only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>29255</x:v>
+        <x:v>23815</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>246</x:v>
+        <x:v>26281</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90174451</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>GSP METAL FINISHING INC</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>16520 S FIGUEROA ST</x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>Denton</x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>76207</x:v>
+        <x:v>90248</x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>424-266-9152 X410</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/4/2023</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V25" t="str">
-        <x:v/>
+        <x:v>Titanium alloy only</x:v>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>14953</x:v>
+        <x:v>29255</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>175</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J26" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v/>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V26" t="str">
         <x:v/>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>26101</x:v>
+        <x:v>14953</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>247</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>57213</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J27" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v>Aluminum, Titanium, CRES </x:v>
+        <x:v/>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>14733</x:v>
+        <x:v>26101</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>83</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90043905</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v/>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J28" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v/>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V28" t="str">
-        <x:v>Limits: Limited to etching Al and Ti. Ref. RCI 648908</x:v>
+        <x:v>Aluminum, Titanium, CRES </x:v>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>23418</x:v>
+        <x:v>14733</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>28</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90051777</x:v>
+        <x:v>90043905</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>Mitchell Laboratories Inc</x:v>
+        <x:v>MISTRAS GROUP                                     </x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>7707 Bequette Ave</x:v>
+        <x:v>8427 ATLANTIC AVE                   </x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>Pico Rivera</x:v>
+        <x:v>CUDAHY                              </x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G29" t="str">
-        <x:v>90660</x:v>
+        <x:v>90201                               </x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>(562) 949-6144</x:v>
+        <x:v>323-583-1653</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>(562) 949-7584</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v/>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V29" t="str">
-        <x:v>Limited to etching aluminum. Ref. RCI 106903</x:v>
+        <x:v>Limits: Limited to etching Al and Ti. Ref. RCI 648908</x:v>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>26118</x:v>
+        <x:v>23418</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="n">
-        <x:v>17106</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>90068865</x:v>
+        <x:v>90051777</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>ORIZON AEROSTRUCTURES LLC                         </x:v>
+        <x:v>Mitchell Laboratories Inc</x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>2522 W 21ST ST                      </x:v>
+        <x:v>7707 Bequette Ave</x:v>
       </x:c>
       <x:c r="E30" t="str">
-        <x:v>CHANUTE                             </x:v>
+        <x:v>Pico Rivera</x:v>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>KS </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G30" t="str">
-        <x:v>66720                               </x:v>
+        <x:v>90660</x:v>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>620-305-2454</x:v>
+        <x:v>(562) 949-6144</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v>620-305-2401</x:v>
+        <x:v>(562) 949-7584</x:v>
       </x:c>
       <x:c r="J30" t="str">
-        <x:v>5/9/2018</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v/>
       </x:c>
       <x:c r="O30" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P30" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q30" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R30" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V30" t="str">
-        <x:v>Aluminum only per RCI 432490</x:v>
+        <x:v>Limited to etching aluminum. Ref. RCI 106903</x:v>
       </x:c>
       <x:c r="W30" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X30" t="n">
-        <x:v>23393</x:v>
+        <x:v>26118</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD30" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="n">
-        <x:v>27</x:v>
+        <x:v>17106</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>90052132</x:v>
+        <x:v>90068865</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>Pacific Magnetic  Penetrant Co Inc</x:v>
+        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>6837 Farmdale Ave</x:v>
+        <x:v>2522 WEST 21ST STREET</x:v>
       </x:c>
       <x:c r="E31" t="str">
-        <x:v>N Hollywood</x:v>
+        <x:v>CHANUTE</x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>91605</x:v>
+        <x:v>66720-6132</x:v>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>(818) 765-7266</x:v>
+        <x:v>6203052451</x:v>
       </x:c>
       <x:c r="I31" t="str">
-        <x:v>(818) 764-3355</x:v>
+        <x:v>620-305-2401</x:v>
       </x:c>
       <x:c r="J31" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/9/2018</x:v>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v/>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P31" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q31" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v/>
       </x:c>
       <x:c r="U31" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V31" t="str">
-        <x:v>Limits: Approved for Aluminum, CRES and Titanium only</x:v>
+        <x:v>Aluminum only per RCI 432490</x:v>
       </x:c>
       <x:c r="W31" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X31" t="n">
-        <x:v>20292</x:v>
+        <x:v>23393</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD31" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="n">
-        <x:v>149</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>90052168</x:v>
+        <x:v>90052132</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>Paragon Services Inc West St.</x:v>
+        <x:v>Pacific Magnetic  Penetrant Co Inc</x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>1015 S West Street</x:v>
+        <x:v>6837 Farmdale Ave</x:v>
       </x:c>
       <x:c r="E32" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>N Hollywood</x:v>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G32" t="str">
-        <x:v>67213</x:v>
+        <x:v>91605</x:v>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>(818) 765-7266</x:v>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v>(316) 945-8906</x:v>
+        <x:v>(818) 764-3355</x:v>
       </x:c>
       <x:c r="J32" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
         <x:v/>
       </x:c>
       <x:c r="O32" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P32" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q32" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R32" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T32" t="str">
         <x:v/>
       </x:c>
       <x:c r="U32" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V32" t="str">
-        <x:v>Aluminum Alloys only</x:v>
+        <x:v>Limits: Approved for Aluminum, CRES and Titanium only</x:v>
       </x:c>
       <x:c r="W32" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X32" t="n">
-        <x:v>13697</x:v>
+        <x:v>20292</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA32" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC32" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD32" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="n">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90052168</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>1015 S West Street</x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>OK</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>74344</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="J33" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v/>
       </x:c>
       <x:c r="O33" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P33" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q33" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R33" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T33" t="str">
         <x:v/>
       </x:c>
       <x:c r="U33" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V33" t="str">
-        <x:v/>
+        <x:v>Aluminum Alloys only</x:v>
       </x:c>
       <x:c r="W33" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X33" t="n">
-        <x:v>17029</x:v>
+        <x:v>13697</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA33" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD33" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
-        <x:v>178</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>90024594</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>RAH INDUSTRIES INC                                </x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>VALENCIA                            </x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>CA </x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>91355                               </x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>6612955190</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v/>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J34" t="str">
-        <x:v>7/13/2004</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K34" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v/>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V34" t="str">
-        <x:v>Aluminum only. Ref. RC/I BR435159  BR435158</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W34" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X34" t="n">
-        <x:v>23453</x:v>
+        <x:v>17029</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
-        <x:v>337</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90024594</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>RAH INDUSTRIES INC                                </x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>VALENCIA                            </x:v>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>MO </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>91355                               </x:v>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>6612955190</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J35" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>7/13/2004</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v/>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V35" t="str">
-        <x:v>Limited to Aluminum and Titanium only</x:v>
+        <x:v>Aluminum only. Ref. RC/I BR435159  BR435158</x:v>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X35" t="n">
-        <x:v>23554</x:v>
+        <x:v>23453</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
-        <x:v>736</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>KS </x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I36" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J36" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v/>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P36" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q36" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R36" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V36" t="str">
-        <x:v/>
+        <x:v>Limited to Aluminum and Titanium only</x:v>
       </x:c>
       <x:c r="W36" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X36" t="n">
-        <x:v>14921</x:v>
+        <x:v>23554</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>