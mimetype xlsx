--- v1 (2025-12-20)
+++ v2 (2026-02-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09200a56e8724323" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36e02f90be8e4c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5e286dcb4f694bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6fe3c2d293704c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e286dcb4f694bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6fe3c2d293704c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -505,2175 +505,2175 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>736</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90024671</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
+        <x:v>AIRCRAFT TUBULAR COMPONENTS INC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>3801 S OLIVER ST</x:v>
+        <x:v>3939 DOW RD</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>WICHITA</x:v>
+        <x:v>MELBOURNE</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>KS</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>67210</x:v>
+        <x:v>32934</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>13165235351</x:v>
+        <x:v>3217579020</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>3217579020</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v/>
+        <x:v>Aluminum Only</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>14921</x:v>
+        <x:v>12641</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>219</x:v>
+        <x:v>26266</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90024671</x:v>
+        <x:v>90174381</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>AIRCRAFT TUBULAR COMPONENTS INC</x:v>
+        <x:v>Align Precision 597 North 1500 West</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>3939 DOW RD</x:v>
+        <x:v>597 North 1500 West</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>MELBOURNE</x:v>
+        <x:v>Cedar City</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>FL</x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>32934</x:v>
+        <x:v>84721</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>3217579020</x:v>
+        <x:v>435-586-3871</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>3217579020</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/20/2023</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v>Aluminum Only</x:v>
+        <x:v>Aluminum  titanium etch only</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>12641</x:v>
+        <x:v>29303</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>26266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90174381</x:v>
+        <x:v>90048650</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Align Precision 597 North 1500 West</x:v>
+        <x:v>Alloy Processing</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>597 North 1500 West</x:v>
+        <x:v>1900 W Walnut St</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Cedar City</x:v>
+        <x:v>Compton</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>UT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>84721</x:v>
+        <x:v>90220-5019</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>435-586-3871</x:v>
+        <x:v>(310) 635-9995</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v/>
+        <x:v>(310) 635-9936</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>10/20/2023</x:v>
+        <x:v>3/11/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v>Aluminum  titanium etch only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>29303</x:v>
+        <x:v>18090</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>260</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90048650</x:v>
+        <x:v>90044349</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Alloy Processing</x:v>
+        <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>1900 W Walnut St</x:v>
+        <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Compton</x:v>
+        <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>90220-5019</x:v>
+        <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>(310) 635-9995</x:v>
+        <x:v>5628612205</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>(310) 635-9936</x:v>
+        <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>3/11/2004</x:v>
+        <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="L9" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v/>
+        <x:v>Aluminum  Titanium only</x:v>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>18090</x:v>
+        <x:v>29958</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>169</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90044349</x:v>
+        <x:v>90066724</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>ANADITE CA RESTORATION TRUST</x:v>
+        <x:v>Asko Processing, Inc.</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>10647 S. GARFIELD AVE.</x:v>
+        <x:v>434 N. 35th Street</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>SOUTH GATE</x:v>
+        <x:v>Seattle</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CA</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>90280-7325</x:v>
+        <x:v>98103</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>5628612205</x:v>
+        <x:v>(206) 634-2080</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>562-862-6479</x:v>
+        <x:v>(206) 547-4511</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>10/20/2009</x:v>
+        <x:v>6/17/2008</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V10" t="str">
-        <x:v>Aluminum  Titanium only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>29958</x:v>
+        <x:v>23799</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>31</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90066724</x:v>
+        <x:v>90008061</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>Asko Processing, Inc.</x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>434 N. 35th Street</x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>98103</x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>(206) 634-2080</x:v>
+        <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>(206) 547-4511</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>6/17/2008</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V11" t="str">
-        <x:v/>
+        <x:v>Aluminum only</x:v>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>23799</x:v>
+        <x:v>12622</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>171</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90008061</x:v>
+        <x:v>90049168</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>Bowman Plating Company Inc</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2631 E 126th St</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>Compton</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90222</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>3104780078</x:v>
+        <x:v>(310) 639-4343 EXTN 152</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v/>
+        <x:v>(310) 639-3577</x:v>
       </x:c>
       <x:c r="J12" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v>Aluminum only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>12622</x:v>
+        <x:v>29615</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90049168</x:v>
+        <x:v>90049333</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Bowman Plating Company Inc</x:v>
+        <x:v>CALIFORNIA METAL PROCESSING CO                    </x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>2631 E 126th St</x:v>
+        <x:v>1530 W Slauson Ave                  </x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Compton</x:v>
+        <x:v>Los Angeles                         </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>90222</x:v>
+        <x:v>90047                               </x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>(310) 639-4343 EXTN 152</x:v>
+        <x:v>3237532247</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>(310) 639-3577</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v/>
+        <x:v>Aluminum only</x:v>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>29615</x:v>
+        <x:v>12614</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>58</x:v>
+        <x:v>25978</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90049333</x:v>
+        <x:v>90120694</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>CALIFORNIA METAL PROCESSING CO                    </x:v>
+        <x:v>Central Metal Finishing LLC</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>1530 W Slauson Ave                  </x:v>
+        <x:v>1006 Airport Rd.</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>Los Angeles                         </x:v>
+        <x:v>Holdenville</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>CA </x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>90047                               </x:v>
+        <x:v>74848</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>3237532247</x:v>
+        <x:v>405-379-5252</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>4/29/2021</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>Aluminum only</x:v>
+        <x:v>Aluminum and Titanium</x:v>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>12614</x:v>
+        <x:v>23755</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>25978</x:v>
+        <x:v>13930</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90120694</x:v>
+        <x:v>90066082</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Central Metal Finishing LLC</x:v>
+        <x:v>CHEMRESEARCH CO INC</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>1006 Airport Rd.</x:v>
+        <x:v>1130 W HILTON AVE</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>Holdenville</x:v>
+        <x:v>PHOENIX</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>OK</x:v>
+        <x:v>AZ</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>74848</x:v>
+        <x:v>85007-4305</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>405-379-5252</x:v>
+        <x:v>602-288-0894</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v/>
+        <x:v>602-254-0428</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>4/29/2021</x:v>
+        <x:v>5/9/2017</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Aluminum and Titanium</x:v>
+        <x:v>Limited to aluminum and stainless steel only</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>23755</x:v>
+        <x:v>29595</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>13930</x:v>
+        <x:v>26006</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90066082</x:v>
+        <x:v>90069062</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>CHEMRESEARCH CO INC</x:v>
+        <x:v>CHROME PLUS INTERNATIONAL LLC</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>1130 W HILTON AVE</x:v>
+        <x:v>3939 W 29th St S</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>PHOENIX</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>AZ</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>85007-4305</x:v>
+        <x:v>67217</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>602-288-0894</x:v>
+        <x:v>316-944-3600</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>602-254-0428</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>5/9/2017</x:v>
+        <x:v>7/8/2021</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V16" t="str">
-        <x:v>Limited to aluminum and stainless steel only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>29595</x:v>
+        <x:v>23813</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>26006</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90069062</x:v>
+        <x:v>90049744</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>CHROME PLUS INTERNATIONAL LLC</x:v>
+        <x:v>CYGNUS INC                                        </x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>3939 W 29th St S</x:v>
+        <x:v>122 EMERALD INDUSTRIAL PARK RD      </x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>PONDERAY                            </x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>KS</x:v>
+        <x:v>ID </x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>67217</x:v>
+        <x:v>83852                               </x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>316-944-3600</x:v>
+        <x:v>2082634761</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v/>
+        <x:v>208-263-9217</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>7/8/2021</x:v>
+        <x:v>10/1/2004</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v/>
+        <x:v>Aluminum only</x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>23813</x:v>
+        <x:v>12650</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>184</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90049744</x:v>
+        <x:v>90050010</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>CYGNUS INC                                        </x:v>
+        <x:v>E M E INC</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>122 EMERALD INDUSTRIAL PARK RD      </x:v>
+        <x:v>431 E. Oaks St</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>PONDERAY                            </x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>ID </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>83852                               </x:v>
+        <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>2082634761</x:v>
+        <x:v>3106391621</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>208-263-9217</x:v>
+        <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>10/1/2004</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v>Aluminum only</x:v>
+        <x:v>Etch procedure approved per RCI 451471.Deoxidizer procedure approved per RCI 451762.</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>12650</x:v>
+        <x:v>12618</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>66</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90050010</x:v>
+        <x:v>90050097</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>E M E INC</x:v>
+        <x:v>ELECTROLURGY INC                                  </x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>431 E. Oaks St</x:v>
+        <x:v>1121 DURYEA AVE                     </x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>IRVINE                              </x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>90221-1001</x:v>
+        <x:v>92614-5519                          </x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>3106391621</x:v>
+        <x:v>949-250-4494</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>310-639-8559</x:v>
+        <x:v>949-250-4072</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/24/2007</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v>Etch procedure approved per RCI 451471.Deoxidizer procedure approved per RCI 451762.</x:v>
+        <x:v>Limited to approved RC/I #BR210594</x:v>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>12618</x:v>
+        <x:v>21305</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>32</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90050097</x:v>
+        <x:v>90046908</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>ELECTROLURGY INC                                  </x:v>
+        <x:v>ELITE METAL FINISHING LLC</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>1121 DURYEA AVE                     </x:v>
+        <x:v>540 SPECTRUM CIRCLE</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>IRVINE                              </x:v>
+        <x:v>OXNARD</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>92614-5519                          </x:v>
+        <x:v>93030-8988</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>949-250-4494</x:v>
+        <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>949-250-4072</x:v>
+        <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>9/24/2007</x:v>
+        <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v>Limited to approved RC/I #BR210594</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>21305</x:v>
+        <x:v>25968</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>355</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90046908</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>8059834320</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>805-983-3830</x:v>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>10/6/2011</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K21" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L21" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v/>
+        <x:v>Limited to EP-19A-1 (aluminum  CRES alloy only)</x:v>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>25968</x:v>
+        <x:v>12660</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>174</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>EMBEE PROCESSING, LLC</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F22" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K22" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L22" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V22" t="str">
-        <x:v>Limited to EP-19A-1 (aluminum  CRES alloy only)</x:v>
+        <x:v>Limited to BR211348, BR211872 for alternate solutions</x:v>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>12660</x:v>
+        <x:v>23436</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>25939</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>90813</x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v/>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V23" t="str">
-        <x:v>Limited to BR211348, BR211872 for alternate solutions</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>23436</x:v>
+        <x:v>23815</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>85</x:v>
+        <x:v>26281</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90174451</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>GSP METAL FINISHING INC</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>16520 S FIGUEROA ST</x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>KS </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>90248</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>424-266-9152 X410</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J24" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/4/2023</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V24" t="str">
-        <x:v/>
+        <x:v>Titanium alloy only</x:v>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>23815</x:v>
+        <x:v>29255</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>26281</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90174451</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>GSP METAL FINISHING INC</x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>16520 S FIGUEROA ST</x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>90248</x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>424-266-9152 X410</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v/>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>12/4/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V25" t="str">
-        <x:v>Titanium alloy only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>29255</x:v>
+        <x:v>14953</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>246</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>Denton</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>76207</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J26" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v/>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V26" t="str">
         <x:v/>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>14953</x:v>
+        <x:v>26101</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>175</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>CA </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v/>
+        <x:v>Limited to Aluminum  and Titanium processing only</x:v>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>26101</x:v>
+        <x:v>14891</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3543,411 +3543,411 @@
       </x:c>
       <x:c r="AA36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>15007</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>MO </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v/>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V37" t="str">
         <x:v/>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>26208</x:v>
+        <x:v>14921</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD37" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>161</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90068157</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>1056 Perkins Dr          </x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>Steelville                  </x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>MO</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>63080</x:v>
+        <x:v>65565                               </x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>573-775-2977</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v>573-775-5093</x:v>
       </x:c>
       <x:c r="J38" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>10/23/2017</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v/>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V38" t="str">
         <x:v/>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>30062</x:v>
+        <x:v>26208</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>26163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90173265</x:v>
+        <x:v>90053143</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+        <x:v>Sullivan Precision Metal Finishing</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>601 Airport Dr</x:v>
+        <x:v>995 North Service Road West</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v>Sullivan</x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>TX</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>76063-2718</x:v>
+        <x:v>63080</x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>817-477-2193 (X220)</x:v>
+        <x:v>(573) 468-8049</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v/>
+        <x:v>(573) 468-2182</x:v>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>5/31/2023</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v/>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V39" t="str">
-        <x:v>Aluminum only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W39" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X39" t="n">
-        <x:v>30157</x:v>
+        <x:v>30062</x:v>
       </x:c>
       <x:c r="Y39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA39" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB39" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC39" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD39" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG39" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="n">
-        <x:v>129</x:v>
+        <x:v>26163</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90173265</x:v>
       </x:c>
       <x:c r="C40" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>601 Airport Dr</x:v>
       </x:c>
       <x:c r="E40" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>WA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G40" t="str">
-        <x:v>98108</x:v>
+        <x:v>76063-2718</x:v>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>817-477-2193 (X220)</x:v>
       </x:c>
       <x:c r="I40" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J40" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>5/31/2023</x:v>
       </x:c>
       <x:c r="K40" t="str">
         <x:v/>
       </x:c>
       <x:c r="L40" t="str">
         <x:v/>
       </x:c>
       <x:c r="M40" t="str">
         <x:v/>
       </x:c>
       <x:c r="N40" t="str">
         <x:v/>
       </x:c>
       <x:c r="O40" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="P40" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q40" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R40" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T40" t="str">
         <x:v/>
       </x:c>
       <x:c r="U40" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V40" t="str">
-        <x:v>Limited to Aluminum  and Titanium processing only</x:v>
+        <x:v>Aluminum only</x:v>
       </x:c>
       <x:c r="W40" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="X40" t="n">
-        <x:v>14891</x:v>
+        <x:v>30157</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA40" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB40" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC40" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD40" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF40" t="n">
         <x:v>2</x:v>
       </x:c>