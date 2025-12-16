--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a7369549494dd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R145da88948e24cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6c7dcc51e9b44319"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7e900ccd2f344f47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c7dcc51e9b44319" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e900ccd2f344f47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">