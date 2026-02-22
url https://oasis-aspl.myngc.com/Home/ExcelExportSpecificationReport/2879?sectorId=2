--- v1 (2025-12-16)
+++ v2 (2026-02-22)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R145da88948e24cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0088078c44d8428a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7e900ccd2f344f47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4931b5daa869480e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e900ccd2f344f47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4931b5daa869480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -514,63 +514,63 @@
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
         <x:v>17045</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>90051555</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>MANUFACTURING DEVELOPMENT INC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>37515 WEST 15TH ST SOUTH</x:v>
+        <x:v>37515 WEST 15TH STREET SOUTH</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v>CHENEY</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>67025-0550</x:v>
+        <x:v>67025-8828</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>316-540-6249</x:v>
+        <x:v>3165423166</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>316-542-0331</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>1/9/2018</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>“Approval of suppliers to ACS-PRS-1008 is only required for hot forming and superplastic forming of titanium. Suppliers limited to cold forming of titanium per ACS-PRS-1008 are not required to be approved by Northrop Grumman provided all stress relief operations are performed by an approved special processor to AMS2801.”</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ACS-PRS-1008 </x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
@@ -598,132 +598,31 @@
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
-        <x:v>AS</x:v>
-[...99 lines deleted...]
-      <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>