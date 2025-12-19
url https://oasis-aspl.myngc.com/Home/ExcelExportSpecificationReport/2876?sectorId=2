--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e767b868f764074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf960a7c9c4bf4bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbba36d1fe3d043fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7e2f40153bc54e52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbba36d1fe3d043fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e2f40153bc54e52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -211,412 +211,412 @@
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>26</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90054958</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>Applied Aerospace Structures Corp</x:v>
+        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>3437 S Airport Way                 </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>Stockton                            </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>95206                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v> 209-983-3244</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>209-982-3375</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v>5/27/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v>Limits: PE A-Scan only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>23408</x:v>
+        <x:v>14933</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>5287</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90044639</x:v>
+        <x:v>90054958</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
+        <x:v>Applied Aerospace Structures Corp</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>425 E 400 N                         </x:v>
+        <x:v>3437 S Airport Way                 </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>GUNNISON                            </x:v>
+        <x:v>Stockton                            </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>UT </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>84634                               </x:v>
+        <x:v>95206                               </x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>435-528-7199</x:v>
+        <x:v> 209-983-3244</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>435-528-5172</x:v>
+        <x:v>209-982-3375</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>5/27/2004</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V4" t="str">
-        <x:v/>
+        <x:v>Limits: PE A-Scan only</x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>18094</x:v>
+        <x:v>23408</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>3129</x:v>
+        <x:v>5287</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90078410</x:v>
+        <x:v>90044639</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>JANICKI INDUSTRIES INC                            </x:v>
+        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>34240 STATE RTE 20                  </x:v>
+        <x:v>425 E 400 N                         </x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>HAMILTON                            </x:v>
+        <x:v>GUNNISON                            </x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>WA </x:v>
+        <x:v>UT </x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>98255                               </x:v>
+        <x:v>84634                               </x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>360-814-1708</x:v>
+        <x:v>435-528-7199</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v/>
+        <x:v>435-528-5172</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V5" t="str">
-        <x:v>
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>12617</x:v>
+        <x:v>18094</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>26114</x:v>
+        <x:v>3129</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90051101</x:v>
+        <x:v>90078410</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>JANICKI INDUSTRIES INC                            </x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>1476 MOORE ST                       </x:v>
+        <x:v>34240 STATE RTE 20                  </x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>SEDRO WOOLLEY                       </x:v>
+        <x:v>HAMILTON                            </x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>WA </x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>98284                               </x:v>
+        <x:v>98255                               </x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>360.814.1753</x:v>
+        <x:v>360-814-1708</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>360-814-1707</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>10/28/2022</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v/>
+        <x:v>
+</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>29879</x:v>
+        <x:v>12617</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -800,222 +800,124 @@
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>736</x:v>
+        <x:v>25930</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90075835</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>TIGHITCO INC</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>8450 PALMETTO COMMERCE PARKWAY</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>LADSON</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>KS </x:v>
+        <x:v>SC</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>29456</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>843-376-0321</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>803-630-0481</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>9/9/2020</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v/>
+        <x:v>Pulse-echo A-scan only </x:v>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>14933</x:v>
+        <x:v>23526</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>