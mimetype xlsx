--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf960a7c9c4bf4bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed05648b7fd47fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7e2f40153bc54e52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Red39a2fde1754ca8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e2f40153bc54e52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red39a2fde1754ca8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -211,626 +211,626 @@
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>736</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90054958</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
+        <x:v>Applied Aerospace Structures Corp</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>3801 S OLIVER ST</x:v>
+        <x:v>3437 S Airport Way                 </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>WICHITA</x:v>
+        <x:v>Stockton                            </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>67210</x:v>
+        <x:v>95206                               </x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>13165235351</x:v>
+        <x:v> 209-983-3244</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>209-982-3375</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>5/27/2004</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v/>
+        <x:v>Limits: PE A-Scan only</x:v>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>14933</x:v>
+        <x:v>23408</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>26</x:v>
+        <x:v>5287</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90054958</x:v>
+        <x:v>90044639</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Applied Aerospace Structures Corp</x:v>
+        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>3437 S Airport Way                 </x:v>
+        <x:v>425 E 400 N                         </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>Stockton                            </x:v>
+        <x:v>GUNNISON                            </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>CA </x:v>
+        <x:v>UT </x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>95206                               </x:v>
+        <x:v>84634                               </x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v> 209-983-3244</x:v>
+        <x:v>435-528-7199</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>209-982-3375</x:v>
+        <x:v>435-528-5172</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>5/27/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V4" t="str">
-        <x:v>Limits: PE A-Scan only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>23408</x:v>
+        <x:v>18094</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>5287</x:v>
+        <x:v>3129</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90044639</x:v>
+        <x:v>90078410</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
+        <x:v>JANICKI INDUSTRIES INC                            </x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>425 E 400 N                         </x:v>
+        <x:v>34240 STATE RTE 20                  </x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>GUNNISON                            </x:v>
+        <x:v>HAMILTON                            </x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>UT </x:v>
+        <x:v>WA </x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>84634                               </x:v>
+        <x:v>98255                               </x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>435-528-7199</x:v>
+        <x:v>360-814-1708</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>435-528-5172</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V5" t="str">
-        <x:v/>
+        <x:v>
+</x:v>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>18094</x:v>
+        <x:v>12617</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>3129</x:v>
+        <x:v>13958</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90078410</x:v>
+        <x:v>90063606</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>JANICKI INDUSTRIES INC                            </x:v>
+        <x:v>MISTRAS Services, Kent, WA</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>34240 STATE RTE 20                  </x:v>
+        <x:v>212th Street Business Park, 7820 South 210th Street, Suite 110</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>HAMILTON                            </x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>WA </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>98255                               </x:v>
+        <x:v>98032</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>360-814-1708</x:v>
+        <x:v>253-656-0062</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>6/15/2017</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v>
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>12617</x:v>
+        <x:v>10440</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>13958</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90063606</x:v>
+        <x:v>90052667</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>MISTRAS Services, Kent, WA</x:v>
+        <x:v>Royal Engineered Composites</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>212th Street Business Park, 7820 South 210th Street, Suite 110</x:v>
+        <x:v>1046 E 9th St</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Minden</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>WA</x:v>
+        <x:v>NE</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>98032</x:v>
+        <x:v>68959-2439</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>253-656-0062</x:v>
+        <x:v>(308) 832-2760</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v/>
+        <x:v>(308) 832-2214</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>6/15/2017</x:v>
+        <x:v>3/25/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v/>
+        <x:v>Limitation: Manual  Hand Held Pulse Echo A-Scan (PEA) and C-Scan (TTU</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>10440</x:v>
+        <x:v>12612</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>273</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90052667</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Royal Engineered Composites</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>1046 E 9th St</x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Minden</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>NE</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>68959-2439</x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(308) 832-2760</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>(308) 832-2214</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>3/25/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v>Limitation: Manual  Hand Held Pulse Echo A-Scan (PEA) and C-Scan (TTU</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>2876</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>12612</x:v>
+        <x:v>14933</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
         <x:v>25930</x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v>90075835</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>TIGHITCO INC</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v>8450 PALMETTO COMMERCE PARKWAY</x:v>
       </x:c>
       <x:c r="E9" t="str">