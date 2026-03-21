--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed05648b7fd47fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8911ae96974969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Red39a2fde1754ca8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R060a95e4a3d648d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red39a2fde1754ca8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R060a95e4a3d648d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -217,66 +217,66 @@
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>90054958</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>Applied Aerospace Structures Corp</x:v>
+        <x:v>APPLIED AEROSPACE STRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>3437 S Airport Way                 </x:v>
+        <x:v>3437 SOUTH AIRPORT WAY</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>Stockton                            </x:v>
+        <x:v>STOCKTON</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>95206                               </x:v>
+        <x:v>95206-3853</x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v> 209-983-3244</x:v>
+        <x:v>2099820160</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>209-982-3375</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>5/27/2004</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>