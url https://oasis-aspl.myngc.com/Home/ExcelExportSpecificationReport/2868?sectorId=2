--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d9045226664848" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c337c30521e4e2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R33d24e51576b42cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra6a9c3ac4b12430c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R33d24e51576b42cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra6a9c3ac4b12430c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">