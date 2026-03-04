--- v1 (2025-12-27)
+++ v2 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c337c30521e4e2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf994f0437f7845eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra6a9c3ac4b12430c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfdd5753ecb6043df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra6a9c3ac4b12430c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfdd5753ecb6043df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -217,63 +217,63 @@
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>MIL-L-23398</x:v>
       </x:c>