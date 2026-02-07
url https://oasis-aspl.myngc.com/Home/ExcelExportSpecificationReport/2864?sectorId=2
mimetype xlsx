--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3bc1dfcdcee47c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e04a9568d914234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5a29eadd09f944d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rad3720441cdf4515"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5a29eadd09f944d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad3720441cdf4515" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1202,903 +1202,903 @@
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>247</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>KS</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>57213</x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>ACS-PRS-2204 </x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v>Limits: Excludes Appendix A </x:v>
+        <x:v>Limited to Type I;  Grit Blasting and Acid Etching  only</x:v>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>2864</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>12569</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>153</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>OK</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>74344</x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>ACS-PRS-2204 </x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>Limited to Grit Blasting for Oxide Removal. </x:v>
+        <x:v>Limits: Excludes Appendix A </x:v>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>2864</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>16007</x:v>
+        <x:v>12569</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>25999</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90123318</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>QARBON AEROSPACE (FOUNDATION), LLC                </x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>300 AUSTIN BLVD                     </x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>RED OAK                             </x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>TX </x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>75154                               </x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>4698206500</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v/>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>6/22/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K15" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>ACS-PRS-2204 </x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Touch-up of acid etch finish on installed parts</x:v>
+        <x:v>Limited to Grit Blasting for Oxide Removal. </x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>2864</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>23823</x:v>
+        <x:v>16007</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>178</x:v>
+        <x:v>25999</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90024594</x:v>
+        <x:v>90123318</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>RAH INDUSTRIES INC                                </x:v>
+        <x:v>QARBON AEROSPACE (FOUNDATION), LLC                </x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
+        <x:v>300 AUSTIN BLVD                     </x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>VALENCIA                            </x:v>
+        <x:v>RED OAK                             </x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>91355                               </x:v>
+        <x:v>75154                               </x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>6612955190</x:v>
+        <x:v>4698206500</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>7/13/2004</x:v>
+        <x:v>6/22/2021</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>ACS-PRS-2204 </x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V16" t="str">
+        <x:v>Touch-up of acid etch finish on installed parts</x:v>
+      </x:c>
+      <x:c r="W16" t="n">
+        <x:v>2864</x:v>
+      </x:c>
+      <x:c r="X16" t="n">
+        <x:v>23823</x:v>
+      </x:c>
+      <x:c r="Y16" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z16" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA16" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB16" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC16" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD16" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE16" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF16" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG16" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17">
+      <x:c r="A17" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B17" t="str">
+        <x:v>90024594</x:v>
+      </x:c>
+      <x:c r="C17" t="str">
+        <x:v>RAH INDUSTRIES INC                                </x:v>
+      </x:c>
+      <x:c r="D17" t="str">
+        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
+      </x:c>
+      <x:c r="E17" t="str">
+        <x:v>VALENCIA                            </x:v>
+      </x:c>
+      <x:c r="F17" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="G17" t="str">
+        <x:v>91355                               </x:v>
+      </x:c>
+      <x:c r="H17" t="str">
+        <x:v>6612955190</x:v>
+      </x:c>
+      <x:c r="I17" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J17" t="str">
+        <x:v>7/13/2004</x:v>
+      </x:c>
+      <x:c r="K17" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L17" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M17" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N17" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O17" t="str">
+        <x:v>ACS-PRS-2204 </x:v>
+      </x:c>
+      <x:c r="P17" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q17" t="str">
+        <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
+      </x:c>
+      <x:c r="R17" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T17" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U17" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V17" t="str">
         <x:v>Para. 3.3.2.1 Method A and B 
 Not approved for Appendix A
 </x:v>
       </x:c>
-      <x:c r="W16" t="n">
-[...96 lines deleted...]
-      </x:c>
       <x:c r="W17" t="n">
         <x:v>2864</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>29229</x:v>
+        <x:v>25932</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>736</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>KS </x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>ACS-PRS-2204 </x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v>Limited to Type 1 process; Oxide removal from titanium and titanium alloy surfaces limited to Scuff Sanding and/or Grit Blasting; Excludes BAMS Program</x:v>
+        <x:v>Limited to acid etch only. Excludes Appendices</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>2864</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>14923</x:v>
+        <x:v>29229</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>15007</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>MO </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>ACS-PRS-2204 </x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v>Grit Blast only. Not approved for Appendix "A"</x:v>
+        <x:v>Limited to Type 1 process; Oxide removal from titanium and titanium alloy surfaces limited to Scuff Sanding and/or Grit Blasting; Excludes BAMS Program</x:v>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>2864</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>11513</x:v>
+        <x:v>14923</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>161</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90068157</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>1056 Perkins Dr          </x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>Steelville                  </x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>MO</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>63080</x:v>
+        <x:v>65565                               </x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>573-775-2977</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v>573-775-5093</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>10/23/2017</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>ACS-PRS-2204 </x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v/>
+        <x:v>Grit Blast only. Not approved for Appendix "A"</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>2864</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>11461</x:v>
+        <x:v>11513</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>129</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90053143</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>Sullivan Precision Metal Finishing</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>995 North Service Road West</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Sullivan</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>WA</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>98108</x:v>
+        <x:v>63080</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>(573) 468-8049</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v>(573) 468-2182</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>ACS-PRS-2204 </x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v>Limited to Type I;  Grit Blasting and Acid Etching  only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>2864</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>23654</x:v>
+        <x:v>11461</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>