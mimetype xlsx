--- v0 (2025-12-08)
+++ v1 (2026-01-24)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R987c36c0f797499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52ae8774a6ec45e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf0ae1b70a4334d88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Reaac69c9cfcf4db3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0ae1b70a4334d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reaac69c9cfcf4db3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -407,418 +407,516 @@
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>24831</x:v>
+        <x:v>26104</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90075761</x:v>
+        <x:v>90062735</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>Ducommun Aerostructures Inc</x:v>
+        <x:v>COMPUCRAFT INDUSTRIES INC                         </x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>171 STACEY RD</x:v>
+        <x:v>8787 OLIVE LN                       </x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>COXSACKIE</x:v>
+        <x:v>SANTEE                              </x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>12051</x:v>
+        <x:v>92071-4137                          </x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>518-731-4627</x:v>
+        <x:v>619-448-0787</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>1/9/2020</x:v>
+        <x:v>10/5/2022</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>GSS 5360</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Forming of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="V5" t="str">
         <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>269</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>23398</x:v>
+        <x:v>30567</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>85</x:v>
+        <x:v>24831</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90075761</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>Ducommun Aerostructures Inc</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>171 STACEY RD</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>COXSACKIE</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>KS </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>518-731-4627</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/9/2020</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>GSS 5360</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Forming of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v>Limited to cold forming only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>269</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>486</x:v>
+        <x:v>23398</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>35</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>AR </x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>GSS 5360</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Forming of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v/>
+        <x:v>Limited to cold forming only</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>269</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>160</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>26163</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90173265</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>601 Airport Dr</x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>TX</x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>76063-2718</x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>817-477-2193 (X220)</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v/>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>5/31/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>GSS 5360</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Forming of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v>Alternate cleaning per RCI R430441</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>269</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>30226</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9">
+      <x:c r="A9" t="n">
+        <x:v>26163</x:v>
+      </x:c>
+      <x:c r="B9" t="str">
+        <x:v>90173265</x:v>
+      </x:c>
+      <x:c r="C9" t="str">
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+      </x:c>
+      <x:c r="D9" t="str">
+        <x:v>601 Airport Dr</x:v>
+      </x:c>
+      <x:c r="E9" t="str">
+        <x:v>Mansfield</x:v>
+      </x:c>
+      <x:c r="F9" t="str">
+        <x:v>TX</x:v>
+      </x:c>
+      <x:c r="G9" t="str">
+        <x:v>76063-2718</x:v>
+      </x:c>
+      <x:c r="H9" t="str">
+        <x:v>817-477-2193 (X220)</x:v>
+      </x:c>
+      <x:c r="I9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J9" t="str">
+        <x:v>5/31/2023</x:v>
+      </x:c>
+      <x:c r="K9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O9" t="str">
+        <x:v>GSS 5360</x:v>
+      </x:c>
+      <x:c r="P9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q9" t="str">
+        <x:v>Forming of Titanium and Titanium Alloys</x:v>
+      </x:c>
+      <x:c r="R9" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="T9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U9" t="str">
+        <x:v>Miscellaneous</x:v>
+      </x:c>
+      <x:c r="V9" t="str">
+        <x:v>Alternate cleaning per RCI R430441</x:v>
+      </x:c>
+      <x:c r="W9" t="n">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="X9" t="n">
+        <x:v>30226</x:v>
+      </x:c>
+      <x:c r="Y9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA9" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB9" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC9" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD9" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>