--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52ae8774a6ec45e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10b4b0e49fe45fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Reaac69c9cfcf4db3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9aa60626b6bd46cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reaac69c9cfcf4db3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9aa60626b6bd46cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -315,78 +315,78 @@
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="L4" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>GSS 5360</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Forming of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>