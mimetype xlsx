--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12eee43de0ef4565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b10255aa2d4645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R92f9666eaa8c4c3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf3115ff0bc134cf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R92f9666eaa8c4c3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3115ff0bc134cf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1787,320 +1787,418 @@
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>35</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90024560</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>QUALITY FORMING LLC                               </x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>22906 FRAMPTON AVE                  </x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>TORRANCE                            </x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>AR </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>90501-5035                          </x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>310-986-3621</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v>310-539-9261</x:v>
       </x:c>
       <x:c r="J19" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>GSS 5300</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Forming and Straightening of Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v>Limited to cold forming only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>266</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>159</x:v>
+        <x:v>30507</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>1272</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90053128</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>STRETCH FORMING CORPORATION                       </x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>804 SOUTH REDLANDS AVE              </x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>PERRIS                              </x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>CA </x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>92570                               </x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>951-443-0911</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>951-443-0917</x:v>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>GSS 5300</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Forming and Straightening of Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v>Not approved for hot forming.</x:v>
+        <x:v>Limited to cold forming only</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>266</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>30432</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>332</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90053657</x:v>
+        <x:v>90053128</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>VALCO MANUFACTURING CO INC</x:v>
+        <x:v>STRETCH FORMING CORPORATION                       </x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>1009 Boren RD</x:v>
+        <x:v>804 SOUTH REDLANDS AVE              </x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>DUNCAN</x:v>
+        <x:v>PERRIS                              </x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>OK</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>73533</x:v>
+        <x:v>92570                               </x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>5802554300</x:v>
+        <x:v>951-443-0911</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>580-470-2033</x:v>
+        <x:v>951-443-0917</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>GSS 5300</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Forming and Straightening of Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v>Forming or straightening at ambient temperature in the “O” or “W” condition only</x:v>
+        <x:v>Not approved for hot forming.</x:v>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>266</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>6085</x:v>
+        <x:v>30432</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22">
+      <x:c r="A22" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="B22" t="str">
+        <x:v>90053657</x:v>
+      </x:c>
+      <x:c r="C22" t="str">
+        <x:v>VALCO MANUFACTURING CO INC</x:v>
+      </x:c>
+      <x:c r="D22" t="str">
+        <x:v>1009 Boren RD</x:v>
+      </x:c>
+      <x:c r="E22" t="str">
+        <x:v>DUNCAN</x:v>
+      </x:c>
+      <x:c r="F22" t="str">
+        <x:v>OK</x:v>
+      </x:c>
+      <x:c r="G22" t="str">
+        <x:v>73533</x:v>
+      </x:c>
+      <x:c r="H22" t="str">
+        <x:v>5802554300</x:v>
+      </x:c>
+      <x:c r="I22" t="str">
+        <x:v>580-470-2033</x:v>
+      </x:c>
+      <x:c r="J22" t="str">
+        <x:v>1/1/2003</x:v>
+      </x:c>
+      <x:c r="K22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O22" t="str">
+        <x:v>GSS 5300</x:v>
+      </x:c>
+      <x:c r="P22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q22" t="str">
+        <x:v>Forming and Straightening of Aluminum Alloys</x:v>
+      </x:c>
+      <x:c r="R22" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="T22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U22" t="str">
+        <x:v>Miscellaneous</x:v>
+      </x:c>
+      <x:c r="V22" t="str">
+        <x:v>Forming or straightening at ambient temperature in the “O” or “W” condition only</x:v>
+      </x:c>
+      <x:c r="W22" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="X22" t="n">
+        <x:v>6085</x:v>
+      </x:c>
+      <x:c r="Y22" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z22" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA22" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB22" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC22" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD22" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE22" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF22" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>