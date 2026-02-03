--- v1 (2025-11-30)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b10255aa2d4645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b42621beb64a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf3115ff0bc134cf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc16cdc6c9a9249f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3115ff0bc134cf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc16cdc6c9a9249f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,69 +119,69 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90058181</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>A  A Aerospace, Inc.</x:v>
+        <x:v>A AND A AEROSPACE INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>13649 Pumice</x:v>
+        <x:v>13649 PUMICE ST</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Santa Fe Springs</x:v>
+        <x:v>SANTA FE SPRINGS</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>90670</x:v>
+        <x:v>90670-5105</x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v>(562) 901-6803 ext 304</x:v>
+        <x:v>562-901-6803</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v>(562) 901-6804</x:v>
+        <x:v>562-901-6804</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>5/5/2011</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>GSS 5300</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Forming and Straightening of Aluminum Alloys</x:v>
       </x:c>
@@ -217,66 +217,66 @@
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
         <x:v>24865</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>90048364</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>ACE Clearwater Enterprises</x:v>
+        <x:v>ACE CLEARWATER ENTERPRISES INC</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>7322 Quimby Avenue</x:v>
+        <x:v>7322 QUIMBY AVE</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>Paramount</x:v>
+        <x:v>PARAMOUNT</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>90723</x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>310-965-5512</x:v>
+        <x:v>310-538-5380</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>4/2/2020</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>GSS 5300</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>