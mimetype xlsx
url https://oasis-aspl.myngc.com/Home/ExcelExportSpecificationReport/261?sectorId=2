--- v0 (2025-10-22)
+++ v1 (2026-01-09)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e75c0051234a1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97a068bb3607482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re7975c9bff794bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcfcf594d9888491c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re7975c9bff794bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcfcf594d9888491c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">