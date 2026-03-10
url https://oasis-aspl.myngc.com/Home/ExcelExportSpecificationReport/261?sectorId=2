--- v1 (2026-01-09)
+++ v2 (2026-03-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97a068bb3607482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R881194fa38d74dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcfcf594d9888491c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R985d1d4fce5846c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcfcf594d9888491c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R985d1d4fce5846c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,78 +119,78 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="L2" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>EPFS-322</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Forming and Straightening of Titanium Alloys</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>