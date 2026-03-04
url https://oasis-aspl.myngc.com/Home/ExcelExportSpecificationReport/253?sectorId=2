--- v0 (2026-01-18)
+++ v1 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccff9708d0de43fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4b14f61bf04bd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R129ff26a9424452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra7d1b686515c4295"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R129ff26a9424452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7d1b686515c4295" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -535,51 +535,51 @@
       <x:c r="C6" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K6" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>AMS-H-6875 supersedes Mil-H-6875.</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AMS-H-6875</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
@@ -1189,28 +1189,126 @@
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
+    <x:row r="13">
+      <x:c r="A13" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="B13" t="str">
+        <x:v>90024577</x:v>
+      </x:c>
+      <x:c r="C13" t="str">
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
+      </x:c>
+      <x:c r="D13" t="str">
+        <x:v>1700 W 132ND ST</x:v>
+      </x:c>
+      <x:c r="E13" t="str">
+        <x:v>GARDENA</x:v>
+      </x:c>
+      <x:c r="F13" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="G13" t="str">
+        <x:v>90249</x:v>
+      </x:c>
+      <x:c r="H13" t="str">
+        <x:v>3102937275</x:v>
+      </x:c>
+      <x:c r="I13" t="str">
+        <x:v>310-819-4776</x:v>
+      </x:c>
+      <x:c r="J13" t="str">
+        <x:v>5/14/2012</x:v>
+      </x:c>
+      <x:c r="K13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N13" t="str">
+        <x:v>AMS-H-6875 supersedes Mil-H-6875.</x:v>
+      </x:c>
+      <x:c r="O13" t="str">
+        <x:v>AMS-H-6875</x:v>
+      </x:c>
+      <x:c r="P13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q13" t="str">
+        <x:v>Heat Treatment of Steel Raw Materials</x:v>
+      </x:c>
+      <x:c r="R13" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U13" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W13" t="n">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="X13" t="n">
+        <x:v>30593</x:v>
+      </x:c>
+      <x:c r="Y13" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z13" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA13" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB13" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC13" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD13" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE13" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF13" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG13" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>