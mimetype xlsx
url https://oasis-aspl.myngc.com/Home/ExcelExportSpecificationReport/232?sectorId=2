--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101ac9c668da4021" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97670a70e8fd4243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb725a59d30cb4270"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfab944b59fa14331"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb725a59d30cb4270" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfab944b59fa14331" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">