--- v1 (2025-12-16)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97670a70e8fd4243" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92856aaf3004494e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfab944b59fa14331"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9283519982c04f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfab944b59fa14331" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9283519982c04f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">