--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92856aaf3004494e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb57a5a37a3746af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9283519982c04f76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbd8d4babbe514f39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9283519982c04f76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd8d4babbe514f39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -315,51 +315,51 @@
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>90051687</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Bodycote Thermal Processing - West Street</x:v>
+        <x:v>Bodycote West</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>1009 S West St</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>67213</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>(316) 943-3288</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>(316) 943-3025</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
@@ -413,63 +413,63 @@
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>90053657</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>VALCO MANUFACTURING CO INC</x:v>
+        <x:v>VALCO INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>1009 Boren RD</x:v>
+        <x:v>1009 BOREN BOULEVARD</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>DUNCAN</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>OK</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>73533</x:v>
+        <x:v>73533-4182</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>5802554300</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>580-470-2033</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>HT- 1</x:v>
       </x:c>