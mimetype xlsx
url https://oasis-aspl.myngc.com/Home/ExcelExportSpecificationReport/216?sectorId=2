--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd61cf9332083447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cea7e60771543f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R8fdaaa61a32f490c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7c3b0ed8b5314d43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8fdaaa61a32f490c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c3b0ed8b5314d43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">