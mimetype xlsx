--- v1 (2025-12-21)
+++ v2 (2026-02-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cea7e60771543f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369f2706da5c46bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7c3b0ed8b5314d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R39cfa2cbee68474e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c3b0ed8b5314d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R39cfa2cbee68474e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1028,51 +1028,51 @@
       <x:c r="C11" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E11" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F11" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v/>
       </x:c>
       <x:c r="J11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K11" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>GSS 5100</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Heat Treatment of Low Alloy Steel</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
@@ -2183,72 +2183,72 @@
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B23" t="str">
         <x:v>90053083</x:v>
       </x:c>
       <x:c r="C23" t="str">
         <x:v>SIFCO INDUSTRIES INC</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>970 E 64TH ST</x:v>
+        <x:v>970 EAST 64TH STREET</x:v>
       </x:c>
       <x:c r="E23" t="str">
         <x:v>CLEVELAND</x:v>
       </x:c>
       <x:c r="F23" t="str">
         <x:v>OH</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>44103</x:v>
+        <x:v>44103-1620</x:v>
       </x:c>
       <x:c r="H23" t="str">
         <x:v>2168818600</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v>216-881-1828</x:v>
       </x:c>
       <x:c r="J23" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K23" t="str">
-        <x:v/>
+        <x:v>78226</x:v>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>GSS 5100</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Heat Treatment of Low Alloy Steel</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>