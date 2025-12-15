--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc9e960fb9d3425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re25773d5bc8449b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R89f38b2e9a404401"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R26f0397ab1324ce3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R89f38b2e9a404401" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26f0397ab1324ce3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">