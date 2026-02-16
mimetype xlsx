--- v1 (2025-12-15)
+++ v2 (2026-02-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re25773d5bc8449b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f78fa917d34b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R26f0397ab1324ce3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R74410d974c17405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26f0397ab1324ce3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R74410d974c17405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1786,69 +1786,69 @@
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B19" t="str">
         <x:v>90046204</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Welding Metallurgy Inc</x:v>
+        <x:v>WELDING METALLURGY INC</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>91 Heartland Blvd</x:v>
+        <x:v>91 HEARTLAND BOULEVARD</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>Edgewood</x:v>
+        <x:v>EDGEWOOD</x:v>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>NY</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>11717</x:v>
+        <x:v>11717-8330</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>(631) 586-5200 x 133</x:v>
+        <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v/>
+        <x:v>631-231-4970</x:v>
       </x:c>
       <x:c r="J19" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>GSS 22650</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Adhesive Bonding of Metallic and Non-Metallic, General Purpose</x:v>
       </x:c>