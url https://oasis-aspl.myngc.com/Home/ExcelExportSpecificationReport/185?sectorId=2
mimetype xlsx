--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab6a8aab1514b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf71cedd72fda4fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5b4e6c6ceb044765"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf78ce2b399234965"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b4e6c6ceb044765" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf78ce2b399234965" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">