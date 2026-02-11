--- v1 (2025-12-13)
+++ v2 (2026-02-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf71cedd72fda4fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd50cfc389a2b4c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf78ce2b399234965"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R020e6bf477e141c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf78ce2b399234965" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R020e6bf477e141c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -707,69 +707,69 @@
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v>90046204</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Welding Metallurgy Inc</x:v>
+        <x:v>WELDING METALLURGY INC</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>91 Heartland Blvd</x:v>
+        <x:v>91 HEARTLAND BOULEVARD</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Edgewood</x:v>
+        <x:v>EDGEWOOD</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>NY</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>11717</x:v>
+        <x:v>11717-8330</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(631) 586-5200 x 133</x:v>
+        <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v/>
+        <x:v>631-231-4970</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>When the GSS 20000 is referenced for a non-bonding application such as torque tubes that are filled with insert material, an approved source is not required.</x:v>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>GSS 20000</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Structural Adhesive Bonding</x:v>
       </x:c>