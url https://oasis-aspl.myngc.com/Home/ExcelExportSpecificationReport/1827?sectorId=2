--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26f87bc85afa4663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48e103301424f21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R223f94dc821e4db6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R14c225ee50034212"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R223f94dc821e4db6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R14c225ee50034212" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -213,317 +213,317 @@
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>5287</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90044639</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
+        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>425 E 400 N                         </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>GUNNISON                            </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>UT </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>84634                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>435-528-7199</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>435-528-5172</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ACS-PRS-5065</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W3" t="n">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="X3" t="n">
+        <x:v>14928</x:v>
+      </x:c>
+      <x:c r="Y3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA3" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB3" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC3" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD3" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG3" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="n">
+        <x:v>5287</x:v>
+      </x:c>
+      <x:c r="B4" t="str">
+        <x:v>90044639</x:v>
+      </x:c>
+      <x:c r="C4" t="str">
+        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
+      </x:c>
+      <x:c r="D4" t="str">
+        <x:v>425 E 400 N                         </x:v>
+      </x:c>
+      <x:c r="E4" t="str">
+        <x:v>GUNNISON                            </x:v>
+      </x:c>
+      <x:c r="F4" t="str">
+        <x:v>UT </x:v>
+      </x:c>
+      <x:c r="G4" t="str">
+        <x:v>84634                               </x:v>
+      </x:c>
+      <x:c r="H4" t="str">
+        <x:v>435-528-7199</x:v>
+      </x:c>
+      <x:c r="I4" t="str">
+        <x:v>435-528-5172</x:v>
+      </x:c>
+      <x:c r="J4" t="str">
+        <x:v>5/28/2015</x:v>
+      </x:c>
+      <x:c r="K4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O4" t="str">
+        <x:v>ACS-PRS-5065</x:v>
+      </x:c>
+      <x:c r="P4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q4" t="str">
+        <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
+      </x:c>
+      <x:c r="R4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="T4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U4" t="str">
+        <x:v>Composites</x:v>
+      </x:c>
+      <x:c r="V4" t="str">
         <x:v>Limits: None
 NGAS MP (B. Marino) confirmed that all room temperature qualification testing has been completed
 Ref RC/I’s R429930, R431982
 </x:v>
       </x:c>
-      <x:c r="W3" t="n">
-[...97 lines deleted...]
-      </x:c>
       <x:c r="W4" t="n">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>10373</x:v>
+        <x:v>20268</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>736</x:v>
+        <x:v>3129</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90078410</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>JANICKI INDUSTRIES INC                            </x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>34240 STATE RTE 20                  </x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>HAMILTON                            </x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>KS </x:v>
+        <x:v>WA </x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>98255                               </x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>360-814-1708</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>ACS-PRS-5065</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V5" t="str">
-        <x:v/>
+        <x:v>
+</x:v>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>14928</x:v>
+        <x:v>10373</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>