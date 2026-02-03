--- v1 (2025-12-20)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48e103301424f21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58781501f36423e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R14c225ee50034212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1ac9b73f049c45e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R14c225ee50034212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ac9b73f049c45e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -173,357 +173,357 @@
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>ACS-PRS-5065</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V2" t="str">
-        <x:v>Limited to Honeycomb Core Splicing only. Not approved for Foam Core Splicing
-Reference RCI 647574
+        <x:v>Limited to Honeycomb Core
+Splicing only. Not approved for Foam Core Splicing: Reference RCI 647574
 </x:v>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="X2" t="n">
         <x:v>21324</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>736</x:v>
+        <x:v>5287</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90044639</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
+        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>3801 S OLIVER ST</x:v>
+        <x:v>425 E 400 N                         </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>WICHITA</x:v>
+        <x:v>GUNNISON                            </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>KS</x:v>
+        <x:v>UT </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>67210</x:v>
+        <x:v>84634                               </x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>13165235351</x:v>
+        <x:v>435-528-7199</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>435-528-5172</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ACS-PRS-5065</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v/>
-[...96 lines deleted...]
-      <x:c r="V4" t="str">
         <x:v>Limits: None
 NGAS MP (B. Marino) confirmed that all room temperature qualification testing has been completed
 Ref RC/I’s R429930, R431982
 </x:v>
       </x:c>
+      <x:c r="W3" t="n">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="X3" t="n">
+        <x:v>20268</x:v>
+      </x:c>
+      <x:c r="Y3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA3" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB3" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC3" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD3" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG3" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="n">
+        <x:v>3129</x:v>
+      </x:c>
+      <x:c r="B4" t="str">
+        <x:v>90078410</x:v>
+      </x:c>
+      <x:c r="C4" t="str">
+        <x:v>JANICKI INDUSTRIES INC                            </x:v>
+      </x:c>
+      <x:c r="D4" t="str">
+        <x:v>34240 STATE RTE 20                  </x:v>
+      </x:c>
+      <x:c r="E4" t="str">
+        <x:v>HAMILTON                            </x:v>
+      </x:c>
+      <x:c r="F4" t="str">
+        <x:v>WA </x:v>
+      </x:c>
+      <x:c r="G4" t="str">
+        <x:v>98255                               </x:v>
+      </x:c>
+      <x:c r="H4" t="str">
+        <x:v>360-814-1708</x:v>
+      </x:c>
+      <x:c r="I4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J4" t="str">
+        <x:v>5/28/2015</x:v>
+      </x:c>
+      <x:c r="K4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O4" t="str">
+        <x:v>ACS-PRS-5065</x:v>
+      </x:c>
+      <x:c r="P4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q4" t="str">
+        <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
+      </x:c>
+      <x:c r="R4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="T4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U4" t="str">
+        <x:v>Composites</x:v>
+      </x:c>
+      <x:c r="V4" t="str">
+        <x:v>
+</x:v>
+      </x:c>
       <x:c r="W4" t="n">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>20268</x:v>
+        <x:v>10373</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>3129</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90078410</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>JANICKI INDUSTRIES INC                            </x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>34240 STATE RTE 20                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>HAMILTON                            </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>WA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>98255                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>360-814-1708</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v/>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>ACS-PRS-5065</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V5" t="str">
-        <x:v>
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>10373</x:v>
+        <x:v>14928</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>