--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58781501f36423e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27993f41e65f4043" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1ac9b73f049c45e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcbcca67da3e24943"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ac9b73f049c45e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbcca67da3e24943" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,63 +119,63 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>25898</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90075983</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>3D AEROSTRUCTURES INC                             </x:v>
+        <x:v>3D AEROSTRUCTURES INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>2820 SW 25th St                     </x:v>
+        <x:v>2820 SOUTHWEST 25TH STREET</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>OKLAHOMA CITY                       </x:v>
+        <x:v>OKLAHOMA CITY</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>OK </x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>73108                               </x:v>
+        <x:v>73108-5813</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>6613313568</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v/>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>6/11/2020</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>ACS-PRS-5065</x:v>
       </x:c>
@@ -413,224 +413,322 @@
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>736</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90052667</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
+        <x:v>Royal Engineered Composites</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>3801 S OLIVER ST</x:v>
+        <x:v>1046 E 9th St</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>WICHITA</x:v>
+        <x:v>Minden</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>KS</x:v>
+        <x:v>NE</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>67210</x:v>
+        <x:v>68959-2439</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>13165235351</x:v>
+        <x:v>(308) 832-2760</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>(308) 832-2214</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>3/25/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>ACS-PRS-5065</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V5" t="str">
         <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>14928</x:v>
+        <x:v>30613</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>18137</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90069010</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>TIGHITCO INC</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>245 OLD BRICKYARD LN</x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>BERLIN</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>CT</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>06037-1423</x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>860-828-0298</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>860-828-0432</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>7/12/2018</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ACS-PRS-5065</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W6" t="n">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="X6" t="n">
+        <x:v>14928</x:v>
+      </x:c>
+      <x:c r="Y6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA6" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB6" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC6" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD6" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG6" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7">
+      <x:c r="A7" t="n">
+        <x:v>18137</x:v>
+      </x:c>
+      <x:c r="B7" t="str">
+        <x:v>90069010</x:v>
+      </x:c>
+      <x:c r="C7" t="str">
+        <x:v>TIGHITCO INC</x:v>
+      </x:c>
+      <x:c r="D7" t="str">
+        <x:v>245 OLD BRICKYARD LN</x:v>
+      </x:c>
+      <x:c r="E7" t="str">
+        <x:v>BERLIN</x:v>
+      </x:c>
+      <x:c r="F7" t="str">
+        <x:v>CT</x:v>
+      </x:c>
+      <x:c r="G7" t="str">
+        <x:v>06037-1423</x:v>
+      </x:c>
+      <x:c r="H7" t="str">
+        <x:v>860-828-0298</x:v>
+      </x:c>
+      <x:c r="I7" t="str">
+        <x:v>860-828-0432</x:v>
+      </x:c>
+      <x:c r="J7" t="str">
+        <x:v>7/12/2018</x:v>
+      </x:c>
+      <x:c r="K7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O7" t="str">
+        <x:v>ACS-PRS-5065</x:v>
+      </x:c>
+      <x:c r="P7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q7" t="str">
+        <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
+      </x:c>
+      <x:c r="R7" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="T7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U7" t="str">
+        <x:v>Composites</x:v>
+      </x:c>
+      <x:c r="V7" t="str">
         <x:v>Limited to Cocuring Prepreg to Foam Core (Type III)
 Ref: B A 102593 
 </x:v>
       </x:c>
-      <x:c r="W6" t="n">
+      <x:c r="W7" t="n">
         <x:v>1827</x:v>
       </x:c>
-      <x:c r="X6" t="n">
+      <x:c r="X7" t="n">
         <x:v>28951</x:v>
       </x:c>
-      <x:c r="Y6" t="str">
-[...5 lines deleted...]
-      <x:c r="AA6" t="n">
+      <x:c r="Y7" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z7" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="AB6" t="str">
+      <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
-      <x:c r="AC6" t="str">
+      <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
-      <x:c r="AD6" t="str">
+      <x:c r="AD7" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
-      <x:c r="AE6" t="n">
-[...5 lines deleted...]
-      <x:c r="AG6" t="str">
+      <x:c r="AE7" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF7" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>