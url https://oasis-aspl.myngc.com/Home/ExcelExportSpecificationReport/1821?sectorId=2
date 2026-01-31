--- v0 (2025-12-02)
+++ v1 (2026-01-31)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e4029728d15411d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf18e17096a54697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4e03d2238f84479d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R76513c5353c04c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e03d2238f84479d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76513c5353c04c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1310,69 +1310,69 @@
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
         <x:v>20219</x:v>
       </x:c>
       <x:c r="B14" t="str">
         <x:v>90073856</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Goddard Machine, LLC.</x:v>
+        <x:v>GODDARD MACHINE LLC</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>1738 N. Mosley</x:v>
+        <x:v>1738 N MOSLEY ST</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F14" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>67214</x:v>
+        <x:v>67214-1346</x:v>
       </x:c>
       <x:c r="H14" t="str">
         <x:v>316-838-1381</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v/>
+        <x:v>316-838-1350</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v>1/10/2019</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>ACS-PRS-2151</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Process Specification for Sealing, Integral Fuel Tank and Fuel Cell Cavity</x:v>
       </x:c>
@@ -1807,63 +1807,63 @@
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
         <x:v>17045</x:v>
       </x:c>
       <x:c r="B19" t="str">
         <x:v>90051555</x:v>
       </x:c>
       <x:c r="C19" t="str">
         <x:v>MANUFACTURING DEVELOPMENT INC</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>37515 WEST 15TH ST SOUTH</x:v>
+        <x:v>37515 WEST 15TH STREET SOUTH</x:v>
       </x:c>
       <x:c r="E19" t="str">
         <x:v>CHENEY</x:v>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>67025-0550</x:v>
+        <x:v>67025-8828</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>316-540-6249</x:v>
+        <x:v>3165423166</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v>316-542-0331</x:v>
       </x:c>
       <x:c r="J19" t="str">
         <x:v>1/9/2018</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>ACS-PRS-2151</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
@@ -2303,66 +2303,66 @@
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
         <x:v>736</x:v>
       </x:c>
       <x:c r="B24" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I24" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J24" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>ACS-PRS-2151</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>