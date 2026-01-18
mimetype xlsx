--- v0 (2025-10-15)
+++ v1 (2026-01-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra42252da596e4d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe5ed06524854a16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5337db7617834208"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0ad7f1d7e43a41c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5337db7617834208" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ad7f1d7e43a41c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -859,51 +859,51 @@
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS-QQ-N-290</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Nickel Plating (Electrodeposited)</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v/>
+        <x:v>Limited to Ground Support Equipment only. Not authorized for flight hardware</x:v>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>160</x:v>
       </x:c>
       <x:c r="X9" t="n">
         <x:v>30001</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>