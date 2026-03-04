--- v1 (2026-01-18)
+++ v2 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe5ed06524854a16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9827ea6145e4b87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0ad7f1d7e43a41c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R535ab88603014ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ad7f1d7e43a41c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R535ab88603014ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,63 +119,63 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v/>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>AMS-QQ-N-290</x:v>
       </x:c>
@@ -511,63 +511,63 @@
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>90046908</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>ELITE METAL FINISHING LLC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>540 SPECTRUM CIRCLE</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>OXNARD</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>93030-8988</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AMS-QQ-N-290</x:v>
       </x:c>