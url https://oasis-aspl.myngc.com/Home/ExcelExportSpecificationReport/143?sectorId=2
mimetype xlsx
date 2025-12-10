--- v0 (2025-10-17)
+++ v1 (2025-12-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf97a0bcc4a9a4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae5ad74db7e4cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3f4d25d492ac4144"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R93cc75a57b834f6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3f4d25d492ac4144" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R93cc75a57b834f6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -609,75 +609,75 @@
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>MPD 1103</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Cleaning of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>