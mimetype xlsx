--- v1 (2025-12-10)
+++ v2 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae5ad74db7e4cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9abcdb6fe3294064" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R93cc75a57b834f6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R09c9b0f5c181461a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R93cc75a57b834f6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09c9b0f5c181461a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -143,54 +143,54 @@
       <x:c r="C2" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="L2" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>MPD 1103</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Cleaning of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>