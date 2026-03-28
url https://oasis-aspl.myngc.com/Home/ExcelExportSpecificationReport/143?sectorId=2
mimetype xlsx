--- v2 (2026-02-07)
+++ v3 (2026-03-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9abcdb6fe3294064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518334df9dff40b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R09c9b0f5c181461a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9946549115f04014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09c9b0f5c181461a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9946549115f04014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">