--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3112df4dd93a40f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf47b30baa844d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbfe889768a204e54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R2b143d7d1b3347ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbfe889768a204e54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b143d7d1b3347ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -797,28 +797,126 @@
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>225</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
+    <x:row r="9">
+      <x:c r="A9" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B9" t="str">
+        <x:v>90062270</x:v>
+      </x:c>
+      <x:c r="C9" t="str">
+        <x:v>SUNVAIR COATING TECHNOLOGIES</x:v>
+      </x:c>
+      <x:c r="D9" t="str">
+        <x:v>1837 N VICTORY PL</x:v>
+      </x:c>
+      <x:c r="E9" t="str">
+        <x:v>BURBANK</x:v>
+      </x:c>
+      <x:c r="F9" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="G9" t="str">
+        <x:v>91504-3424</x:v>
+      </x:c>
+      <x:c r="H9" t="str">
+        <x:v>818-845-6243</x:v>
+      </x:c>
+      <x:c r="I9" t="str">
+        <x:v>818-845-7064</x:v>
+      </x:c>
+      <x:c r="J9" t="str">
+        <x:v>7/9/2013</x:v>
+      </x:c>
+      <x:c r="K9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O9" t="str">
+        <x:v>MIL-F-18264</x:v>
+      </x:c>
+      <x:c r="P9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q9" t="str">
+        <x:v>Finishes Organic, Weapons System, Application and Control of</x:v>
+      </x:c>
+      <x:c r="R9" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U9" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W9" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="X9" t="n">
+        <x:v>30456</x:v>
+      </x:c>
+      <x:c r="Y9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA9" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB9" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC9" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD9" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG9" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>