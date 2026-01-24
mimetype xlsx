--- v1 (2025-11-30)
+++ v2 (2026-01-24)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf47b30baa844d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23765170f5d14031" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R2b143d7d1b3347ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R23442bfe1bef4642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b143d7d1b3347ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R23442bfe1bef4642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -413,63 +413,63 @@
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>90049292</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>CPI AEROSTRUCTURES INC                            </x:v>
+        <x:v>CPI AEROSTRUCTURES INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>91 HEARTLAND BLVD                   </x:v>
+        <x:v>91 HEARTLAND BLVD</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>EDGEWOOD                            </x:v>
+        <x:v>BRENTWOOD</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>NY </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>11717                               </x:v>
+        <x:v>11717</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>631-870-1138</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>12/8/2005</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>MIL-F-18264</x:v>
       </x:c>
@@ -505,418 +505,320 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90050010</x:v>
+        <x:v>90059997</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>E M E INC</x:v>
+        <x:v>Quickstep Technologies Pty Ltd</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>431 E. Oaks St</x:v>
+        <x:v>361 Milperra Road</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>Bankstown, New South Wales</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>CA</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>90221-1001</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>3106391621</x:v>
+        <x:v>+61 2 9774 0333</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>310-639-8559</x:v>
+        <x:v>+61 8 9432 3222</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/29/2012</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>MIL-F-18264</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Finishes Organic, Weapons System, Application and Control of</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V6" t="str">
         <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>137</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>262</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
-        <x:v>268</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="AB6" t="str">
-        <x:v>United States</x:v>
+        <x:v>Australia</x:v>
       </x:c>
       <x:c r="AC6" t="str">
-        <x:v>US</x:v>
+        <x:v>AU</x:v>
       </x:c>
       <x:c r="AD6" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>39</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90059997</x:v>
+        <x:v>90046508</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Quickstep Technologies Pty Ltd</x:v>
+        <x:v>Stelia Aerospace North America Inc</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>361 Milperra Road</x:v>
+        <x:v>71 Hall St</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Bankstown, New South Wales</x:v>
+        <x:v>Lunenburg,  Nova Scotia </x:v>
       </x:c>
       <x:c r="F7" t="str">
         <x:v/>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>2200</x:v>
+        <x:v>B0J 1T0</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>+61 2 9774 0333</x:v>
+        <x:v>(902) 634-8448</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>+61 8 9432 3222</x:v>
+        <x:v>(902) 634-8398</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>8/29/2012</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>MIL-F-18264</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Finishes Organic, Weapons System, Application and Control of</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V7" t="str">
         <x:v/>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>137</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>1502</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
-        <x:v>254</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB7" t="str">
-        <x:v>Australia</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC7" t="str">
-        <x:v>AU</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>224</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90046508</x:v>
+        <x:v>90062270</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Stelia Aerospace North America Inc</x:v>
+        <x:v>SUNVAIR COATING TECHNOLOGIES</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>71 Hall St</x:v>
+        <x:v>1837 N VICTORY PL</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Lunenburg,  Nova Scotia </x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v/>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>B0J 1T0</x:v>
+        <x:v>91504-3424</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(902) 634-8448</x:v>
+        <x:v>818-845-6243</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>(902) 634-8398</x:v>
+        <x:v>818-845-7064</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>7/9/2013</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>MIL-F-18264</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Finishes Organic, Weapons System, Application and Control of</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
         <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>137</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>480</x:v>
+        <x:v>30456</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>