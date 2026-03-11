--- v2 (2026-01-24)
+++ v3 (2026-03-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23765170f5d14031" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74902dc9ba194a47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R23442bfe1bef4642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R568010c466aa4c98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R23442bfe1bef4642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R568010c466aa4c98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -419,51 +419,51 @@
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>90049292</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>CPI AEROSTRUCTURES INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>91 HEARTLAND BLVD</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>BRENTWOOD</x:v>
+        <x:v>EDGEWOOD</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>NY</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>11717</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>631-870-1138</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>12/8/2005</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>