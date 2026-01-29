--- v0 (2025-10-15)
+++ v1 (2026-01-29)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0278dd8a874b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a493183ad74d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R29e0a4a00d27465b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R75a994a2f55f4e48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R29e0a4a00d27465b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75a994a2f55f4e48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,313 +113,313 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryId</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
-        <x:v>34</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>90053973</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Heroux-Devtek Inc</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>755 Rue Thurber</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Longueuil Quebec</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v/>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>J4H 3N2</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v>(450) 679-5450</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v>(450) 679-4554</x:v>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L2" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>GSS 8250</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Chromium Plating (Electrodeposited)</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V2" t="str">
         <x:v/>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>122</x:v>
       </x:c>
       <x:c r="X2" t="n">
-        <x:v>141</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA2" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>134</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90051884</x:v>
+        <x:v>90053973</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>NASSAU CHROMIUM PLATING CO INC</x:v>
+        <x:v>Heroux-Devtek Inc</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>122 Second Street</x:v>
+        <x:v>755 Rue Thurber</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>MINEOLA</x:v>
+        <x:v>Longueuil Quebec</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>NY</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>11501-3054</x:v>
+        <x:v>J4H 3N2</x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>5167466666</x:v>
+        <x:v>(450) 679-5450</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>516-378-0262</x:v>
+        <x:v>(450) 679-4554</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>GSS 8250</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Chromium Plating (Electrodeposited)</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v>No Magnetic Particle inspection capability.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>122</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>705</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB3" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC3" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD3" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>174</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90051884</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>NASSAU CHROMIUM PLATING CO INC</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>122 Second Street</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>MINEOLA</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>11501-3054</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>5167466666</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>516-378-0262</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L4" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>GSS 8250</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Chromium Plating (Electrodeposited)</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V4" t="str">
-        <x:v/>
+        <x:v>No Magnetic Particle inspection capability.</x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>122</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>1071</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>