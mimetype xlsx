--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a493183ad74d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b0d44d0453e4e0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R75a994a2f55f4e48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd8a89666c7c94056"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75a994a2f55f4e48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd8a89666c7c94056" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">