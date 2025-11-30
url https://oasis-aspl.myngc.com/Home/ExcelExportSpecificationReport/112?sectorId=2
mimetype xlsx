--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5900786982c94167" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R923c6e9d274449d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R51a7b31057ef4d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R89d37d579ff34c2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R51a7b31057ef4d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R89d37d579ff34c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1001,78 +1001,78 @@
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B11" t="str">
         <x:v>90051986</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>NORTH EAST FINISHING CO                           </x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>245 RALPH AV                        </x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>COPIAGUE                            </x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>NY </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>11726                               </x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K11" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L11" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -1289,418 +1289,418 @@
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>153</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>OK</x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>74344</x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>Supplier is utilizing GSS 4510 as an approved substitute per GS30AB</x:v>
+        <x:v>Supplier is utilizing GSS 4510 as an approved substitute</x:v>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>843</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>35</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90046508</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>Stelia Aerospace North America Inc</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>71 Hall St</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>Lunenburg,  Nova Scotia </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>AR </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>B0J 1T0</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>(902) 634-8448</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v>(902) 634-8398</x:v>
       </x:c>
       <x:c r="J15" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Supplier is utilizing GSS 4510 as an approved substitute</x:v>
+        <x:v>Based on Substitution of GSS 4510</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>154</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB15" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC15" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>224</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90046508</x:v>
+        <x:v>90053487</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>Stelia Aerospace North America Inc</x:v>
+        <x:v>TRIUMPH ACTUATION SYSTEMS LLC</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>71 Hall St</x:v>
+        <x:v>4520 HAMPTON RD</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>Lunenburg,  Nova Scotia </x:v>
+        <x:v>CLEMMONS</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v/>
+        <x:v>NC</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>B0J 1T0</x:v>
+        <x:v>27012</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>(902) 634-8448</x:v>
+        <x:v>3367669036</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>(902) 634-8398</x:v>
+        <x:v>336-766-9040</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V16" t="str">
-        <x:v>Based on Substitution of GSS 4510</x:v>
+        <x:v>Utilizes approved substitute GSS4510</x:v>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>1447</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>95</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90053487</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>TRIUMPH ACTUATION SYSTEMS LLC</x:v>
+        <x:v>Valence Grove</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>4520 HAMPTON RD</x:v>
+        <x:v>2900 E Hwy 10</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>CLEMMONS</x:v>
+        <x:v>Grove</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>NC</x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>27012</x:v>
+        <x:v>74344</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>3367669036</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>336-766-9040</x:v>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J17" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v>Utilizes approved substitute GSS4510</x:v>
+        <x:v>Supplier is utilizing GSS 4510 as an approved substitute per GS30AB</x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>537</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>