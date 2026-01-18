--- v1 (2025-11-30)
+++ v2 (2026-01-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R923c6e9d274449d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a7ae0b1ead4c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R89d37d579ff34c2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7dcbc329de304325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R89d37d579ff34c2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7dcbc329de304325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -701,1006 +701,810 @@
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>66</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90050010</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>E M E INC</x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>431 E. Oaks St</x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>90221-1001</x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>3106391621</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>310-639-8559</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v>Supplier is utilizing GSS 4510 as an approved substitute</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>256</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>246</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Denton</x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>TX</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>76207</x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L9" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v/>
+        <x:v>Utilizing Approved Product Substitution per GSS 4510</x:v>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>1590</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>292</x:v>
+        <x:v>12086</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90054111</x:v>
+        <x:v>90066422</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Mecaprotec Industries Joffrey</x:v>
+        <x:v>Paragon Services Inc Sheridan  </x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
+        <x:v>2434 S. Sheridan </x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>Muret Cedex</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v/>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>31607</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>330561518207</x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>0561518201</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>8/19/2016</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>26214</x:v>
+        <x:v>8192</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>203</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90052168</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>NORTH EAST FINISHING CO</x:v>
+        <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>245 RALPH AV</x:v>
+        <x:v>1015 S West Street</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>COPIAGUE</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>NY</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>11726-1514</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K11" t="str">
-        <x:v>7BZG6</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L11" t="str">
-        <x:v>947402947</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V11" t="str">
-        <x:v>Utilizing Approved Product Substitution per GSS 4510</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>1303</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>12086</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90066422</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Paragon Services Inc Sheridan  </x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>2434 S. Sheridan </x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>KS</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>67213</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v/>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>8/19/2016</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K12" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v/>
+        <x:v>Supplier is utilizing GSS 4510 as an approved substitute per GS30AB</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>8192</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90052168</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Paragon Services Inc West St.</x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>1015 S West Street</x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>KS</x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>67213</x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>(316) 945-8906</x:v>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v/>
+        <x:v>Supplier is utilizing GSS 4510 as an approved substitute</x:v>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>797</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>35</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90046508</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>Stelia Aerospace North America Inc</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>71 Hall St</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>Lunenburg,  Nova Scotia </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>AR </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>B0J 1T0</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>(902) 634-8448</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v>(902) 634-8398</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>Supplier is utilizing GSS 4510 as an approved substitute</x:v>
+        <x:v>Based on Substitution of GSS 4510</x:v>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>154</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB14" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC14" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>224</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90046508</x:v>
+        <x:v>90053487</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Stelia Aerospace North America Inc</x:v>
+        <x:v>TRIUMPH ACTUATION SYSTEMS LLC</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>71 Hall St</x:v>
+        <x:v>4520 HAMPTON RD</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>Lunenburg,  Nova Scotia </x:v>
+        <x:v>CLEMMONS</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v/>
+        <x:v>NC</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>B0J 1T0</x:v>
+        <x:v>27012</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>(902) 634-8448</x:v>
+        <x:v>3367669036</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>(902) 634-8398</x:v>
+        <x:v>336-766-9040</x:v>
       </x:c>
       <x:c r="J15" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Based on Substitution of GSS 4510</x:v>
+        <x:v>Utilizes approved substitute GSS4510</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>1447</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
-        <x:v>AS</x:v>
-[...194 lines deleted...]
-      <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>