--- v2 (2026-01-18)
+++ v3 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a7ae0b1ead4c56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b1c256194f4558" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7dcbc329de304325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3e81469402284036"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7dcbc329de304325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e81469402284036" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -505,1006 +505,908 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>43</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90048561</x:v>
+        <x:v>90049630</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Aircraft X-Ray Laboratories Inc</x:v>
+        <x:v>Connell Processing Inc.</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>5216 Pacific Blvd</x:v>
+        <x:v>3094 N Avon St</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Huntington Park</x:v>
+        <x:v>Burbank</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>90255</x:v>
+        <x:v>91504</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>(323) 587-4141</x:v>
+        <x:v>(818) 845-7953</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>(323) 588-6410</x:v>
+        <x:v>(818) 845-8083</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v/>
+        <x:v>Supplier is utilizing GSS 4510 as an approved substitute</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>23498</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>69</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90049630</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Connell Processing Inc.</x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>3094 N Avon St</x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>91504</x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>(818) 845-7953</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>(818) 845-8083</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v>Supplier is utilizing GSS 4510 as an approved substitute</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>646</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>246</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Denton</x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>TX</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>76207</x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L8" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v/>
+        <x:v>Utilizing Approved Product Substitution per GSS 4510</x:v>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>1590</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>203</x:v>
+        <x:v>12086</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90066422</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>NORTH EAST FINISHING CO</x:v>
+        <x:v>Paragon Services Inc Sheridan  </x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>245 RALPH AV</x:v>
+        <x:v>2434 S. Sheridan </x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>COPIAGUE</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>NY</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>11726-1514</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/19/2016</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v>7BZG6</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L9" t="str">
-        <x:v>947402947</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v>Utilizing Approved Product Substitution per GSS 4510</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>1303</x:v>
+        <x:v>8192</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>12086</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90066422</x:v>
+        <x:v>90052168</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Paragon Services Inc Sheridan  </x:v>
+        <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>2434 S. Sheridan </x:v>
+        <x:v>1015 S West Street</x:v>
       </x:c>
       <x:c r="E10" t="str">
         <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>67213</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v/>
+        <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>8/19/2016</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>8192</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90052168</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>Paragon Services Inc West St.</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>1015 S West Street</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>KS</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>67213</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>(316) 945-8906</x:v>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K11" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V11" t="str">
-        <x:v/>
+        <x:v>Supplier is utilizing GSS 4510 as an approved substitute per GS30AB</x:v>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>797</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>153</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>GROVE                               </x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>OK </x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>74344                               </x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J12" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K12" t="str">
-        <x:v>4GMH2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v>Supplier is utilizing GSS 4510 as an approved substitute per GS30AB</x:v>
+        <x:v>Supplier is utilizing GSS 4510 as an approved substitute</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>843</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>35</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90046508</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>Stelia Aerospace North America Inc</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>71 Hall St</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>Lunenburg,  Nova Scotia </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>AR </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>B0J 1T0</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>(902) 634-8448</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v>(902) 634-8398</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v>Supplier is utilizing GSS 4510 as an approved substitute</x:v>
+        <x:v>Based on Substitution of GSS 4510</x:v>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>154</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB13" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC13" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>224</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90046508</x:v>
+        <x:v>90053487</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Stelia Aerospace North America Inc</x:v>
+        <x:v>TRIUMPH GROUP OPERATIONS</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>71 Hall St</x:v>
+        <x:v>4520 HAMPTON RD</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>Lunenburg,  Nova Scotia </x:v>
+        <x:v>CLEMMONS</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v/>
+        <x:v>NC</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>B0J 1T0</x:v>
+        <x:v>27012</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>(902) 634-8448</x:v>
+        <x:v>3367669036</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>(902) 634-8398</x:v>
+        <x:v>336-766-9040</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>Based on Substitution of GSS 4510</x:v>
+        <x:v>Utilizes approved substitute GSS4510</x:v>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>1447</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>