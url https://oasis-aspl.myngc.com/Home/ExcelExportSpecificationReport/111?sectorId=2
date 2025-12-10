--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3790a3bbaa1f4d5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd755f9c72b1b4af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R8a7d8f54f49b4a00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5f33fa7158cd4df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a7d8f54f49b4a00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5f33fa7158cd4df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -2566,1750 +2566,1750 @@
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>8015</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90064905</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Fort Walton Machining Inc</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>43 Jet Drive</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>Ft Walton Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>32548</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>(850) 244-9095</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>(850) 244-4874</x:v>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>6/12/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K27" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L27" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v/>
+        <x:v>Approved cure schedule per RCI R140383.</x:v>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>2598</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>26281</x:v>
+        <x:v>8015</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90174451</x:v>
+        <x:v>90064905</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>GSP METAL FINISHING INC</x:v>
+        <x:v>Fort Walton Machining Inc</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>16520 S FIGUEROA ST</x:v>
+        <x:v>43 Jet Drive</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>Ft Walton Beach</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>CA</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>90248</x:v>
+        <x:v>32548</x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>424-266-9152 X410</x:v>
+        <x:v>(850) 244-9095</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v/>
+        <x:v>(850) 244-4874</x:v>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>12/4/2023</x:v>
+        <x:v>6/12/2015</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v/>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V28" t="str">
-        <x:v>Force cure per approved RC/I #BR631876</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>29259</x:v>
+        <x:v>2598</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>210</x:v>
+        <x:v>26281</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90024658</x:v>
+        <x:v>90174451</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>Har-Conn Aerospace, Inc</x:v>
+        <x:v>GSP METAL FINISHING INC</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>5000 Augusta Dr</x:v>
+        <x:v>16520 S FIGUEROA ST</x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>Fort Worth</x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G29" t="str">
-        <x:v>76106</x:v>
+        <x:v>90248</x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>(817) 626-5437</x:v>
+        <x:v>424-266-9152 X410</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>(817) 625-5521</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>12/4/2023</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v/>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V29" t="str">
-        <x:v>Limited to forced cure per RCI BR 214449</x:v>
+        <x:v>Force cure per approved RC/I #BR631876</x:v>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>23690</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="n">
-        <x:v>217</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>90050724</x:v>
+        <x:v>90024658</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>HELICOMB INTERNATIONAL INC                        </x:v>
+        <x:v>Har-Conn Aerospace, Inc</x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>1402 S 69TH EAST AVE                </x:v>
+        <x:v>5000 Augusta Dr</x:v>
       </x:c>
       <x:c r="E30" t="str">
-        <x:v>TULSA                               </x:v>
+        <x:v>Fort Worth</x:v>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>OK </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G30" t="str">
-        <x:v>74112                               </x:v>
+        <x:v>76106</x:v>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>425-241-9587</x:v>
+        <x:v>(817) 626-5437</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v/>
+        <x:v>(817) 625-5521</x:v>
       </x:c>
       <x:c r="J30" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v/>
       </x:c>
       <x:c r="O30" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P30" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q30" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R30" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V30" t="str">
-        <x:v/>
+        <x:v>Limited to forced cure per RCI BR 214449</x:v>
       </x:c>
       <x:c r="W30" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X30" t="n">
-        <x:v>1359</x:v>
+        <x:v>23690</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD30" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="n">
-        <x:v>26091</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>90125705</x:v>
+        <x:v>90050724</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>HERITAGE AVIATION LTD                             </x:v>
+        <x:v>HELICOMB INTERNATIONAL INC                        </x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>901 AVENUE T                        </x:v>
+        <x:v>1402 S 69TH EAST AVE                </x:v>
       </x:c>
       <x:c r="E31" t="str">
-        <x:v>GRAND PRAIRIE                       </x:v>
+        <x:v>TULSA                               </x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>TX </x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>75050                               </x:v>
+        <x:v>74112                               </x:v>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>9729888000</x:v>
+        <x:v>425-241-9587</x:v>
       </x:c>
       <x:c r="I31" t="str">
         <x:v/>
       </x:c>
       <x:c r="J31" t="str">
-        <x:v>8/4/2022</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v/>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P31" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q31" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v/>
       </x:c>
       <x:c r="U31" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V31" t="str">
-        <x:v>Ambient air cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W31" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X31" t="n">
-        <x:v>28885</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD31" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="n">
-        <x:v>34</x:v>
+        <x:v>26091</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>90053973</x:v>
+        <x:v>90125705</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>Heroux-Devtek Inc</x:v>
+        <x:v>HERITAGE AVIATION LTD                             </x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>755 Rue Thurber</x:v>
+        <x:v>901 AVENUE T                        </x:v>
       </x:c>
       <x:c r="E32" t="str">
-        <x:v>Longueuil Quebec</x:v>
+        <x:v>GRAND PRAIRIE                       </x:v>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v/>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G32" t="str">
-        <x:v>J4H 3N2</x:v>
+        <x:v>75050                               </x:v>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>(450) 679-5450</x:v>
+        <x:v>9729888000</x:v>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v>(450) 679-4554</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J32" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/4/2022</x:v>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
         <x:v/>
       </x:c>
       <x:c r="O32" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P32" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q32" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R32" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T32" t="str">
         <x:v/>
       </x:c>
       <x:c r="U32" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V32" t="str">
-        <x:v/>
+        <x:v>Ambient air cure only</x:v>
       </x:c>
       <x:c r="W32" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X32" t="n">
-        <x:v>140</x:v>
+        <x:v>28885</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA32" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB32" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC32" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD32" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="n">
-        <x:v>246</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90053973</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>Heroux-Devtek Inc</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>755 Rue Thurber</x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>Denton</x:v>
+        <x:v>Longueuil Quebec</x:v>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>TX</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>76207</x:v>
+        <x:v>J4H 3N2</x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>(450) 679-5450</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>(450) 679-4554</x:v>
       </x:c>
       <x:c r="J33" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v/>
       </x:c>
       <x:c r="O33" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P33" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q33" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R33" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T33" t="str">
         <x:v/>
       </x:c>
       <x:c r="U33" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V33" t="str">
-        <x:v>Cure per RC/I #BR631876</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W33" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X33" t="n">
-        <x:v>1589</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA33" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB33" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC33" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD33" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
-        <x:v>175</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J34" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v/>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V34" t="str">
-        <x:v>Air dry only. Approval required  approval for force dry </x:v>
+        <x:v>Cure per RC/I #BR631876</x:v>
       </x:c>
       <x:c r="W34" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X34" t="n">
-        <x:v>1115</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
-        <x:v>191</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>90024608</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>HYDROFORM USA INC</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>2848 E 208TH ST</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>LONG BEACH</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>90810-1101</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>000-000-0000</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>310-632-0932</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J35" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v/>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V35" t="str">
-        <x:v>Force Cure per approved RC/I #BR044914</x:v>
+        <x:v>Air dry only. Approval required  approval for force dry </x:v>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X35" t="n">
-        <x:v>1252</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
-        <x:v>288</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>90053200</x:v>
+        <x:v>90024608</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>INCERTEC FLORIDA</x:v>
+        <x:v>HYDROFORM USA INC</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>895 Buffalo Road</x:v>
+        <x:v>2848 E 208TH ST</x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>Titusville</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>32796</x:v>
+        <x:v>90810-1101</x:v>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>(321) 383-7798</x:v>
+        <x:v>000-000-0000</x:v>
       </x:c>
       <x:c r="I36" t="str">
-        <x:v>(321) 269-9200</x:v>
+        <x:v>310-632-0932</x:v>
       </x:c>
       <x:c r="J36" t="str">
-        <x:v>1/13/2005</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v/>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P36" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q36" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R36" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V36" t="str">
-        <x:v/>
+        <x:v>Force Cure per approved RC/I #BR044914</x:v>
       </x:c>
       <x:c r="W36" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X36" t="n">
-        <x:v>30338</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>221</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90053200</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>INCERTEC FLORIDA</x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>895 Buffalo Road</x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>Titusville</x:v>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>NY</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>11704</x:v>
+        <x:v>32796</x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>(321) 383-7798</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v/>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V37" t="str">
-        <x:v>Cure schedule per approved RCI BR 0631876</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>30373</x:v>
+        <x:v>30338</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD37" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>240</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>IL </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v/>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J38" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v/>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V38" t="str">
-        <x:v>Limited to air dry only.  </x:v>
+        <x:v>Cure schedule per approved RCI BR 0631876</x:v>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>1563</x:v>
+        <x:v>30373</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>12874</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90066477</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>Mecaprotec Industries Jean-François</x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>24, rue Jean-François Romieu </x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>MURET, 31600</x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v/>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v/>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>(33) (0)5.61.51.82.00</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v>(33) (0)5.61.51.82.01</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>1/5/2017</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v/>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V39" t="str">
-        <x:v>Approved for Force Cure per RC/I 631876</x:v>
+        <x:v>Limited to air dry only.  </x:v>
       </x:c>
       <x:c r="W39" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X39" t="n">
-        <x:v>9255</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="Y39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA39" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB39" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC39" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD39" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG39" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="n">
-        <x:v>292</x:v>
+        <x:v>12874</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>90054111</x:v>
+        <x:v>90066477</x:v>
       </x:c>
       <x:c r="C40" t="str">
-        <x:v>Mecaprotec Industries Joffrey</x:v>
+        <x:v>Mecaprotec Industries Jean-François</x:v>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
+        <x:v>24, rue Jean-François Romieu </x:v>
       </x:c>
       <x:c r="E40" t="str">
-        <x:v>Muret Cedex</x:v>
+        <x:v>MURET, 31600</x:v>
       </x:c>
       <x:c r="F40" t="str">
         <x:v/>
       </x:c>
       <x:c r="G40" t="str">
-        <x:v>31607</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>330561518207</x:v>
+        <x:v>(33) (0)5.61.51.82.00</x:v>
       </x:c>
       <x:c r="I40" t="str">
-        <x:v>0561518201</x:v>
+        <x:v>(33) (0)5.61.51.82.01</x:v>
       </x:c>
       <x:c r="J40" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>1/5/2017</x:v>
       </x:c>
       <x:c r="K40" t="str">
         <x:v/>
       </x:c>
       <x:c r="L40" t="str">
         <x:v/>
       </x:c>
       <x:c r="M40" t="str">
         <x:v/>
       </x:c>
       <x:c r="N40" t="str">
         <x:v/>
       </x:c>
       <x:c r="O40" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P40" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q40" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R40" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T40" t="str">
         <x:v/>
       </x:c>
       <x:c r="U40" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V40" t="str">
-        <x:v>MP approval required if force dry  is used per para. 3.4.4</x:v>
+        <x:v>Approved for Force Cure per RC/I 631876</x:v>
       </x:c>
       <x:c r="W40" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X40" t="n">
-        <x:v>2604</x:v>
+        <x:v>9255</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA40" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AB40" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AC40" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AD40" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG40" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="n">
-        <x:v>247</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90054111</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>Mecaprotec Industries Joffrey</x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
       </x:c>
       <x:c r="E41" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Muret Cedex</x:v>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>KS</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G41" t="str">
-        <x:v>57213</x:v>
+        <x:v>31607</x:v>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>330561518207</x:v>
       </x:c>
       <x:c r="I41" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>0561518201</x:v>
       </x:c>
       <x:c r="J41" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="K41" t="str">
         <x:v/>
       </x:c>
       <x:c r="L41" t="str">
         <x:v/>
       </x:c>
       <x:c r="M41" t="str">
         <x:v/>
       </x:c>
       <x:c r="N41" t="str">
         <x:v/>
       </x:c>
       <x:c r="O41" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P41" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q41" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R41" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T41" t="str">
         <x:v/>
       </x:c>
       <x:c r="U41" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V41" t="str">
-        <x:v/>
+        <x:v>MP approval required if force dry  is used per para. 3.4.4</x:v>
       </x:c>
       <x:c r="W41" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X41" t="n">
-        <x:v>1605</x:v>
+        <x:v>2604</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA41" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB41" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC41" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD41" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG41" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="n">
-        <x:v>303</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I42" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J42" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K42" t="str">
         <x:v/>
       </x:c>
       <x:c r="L42" t="str">
         <x:v/>
       </x:c>
       <x:c r="M42" t="str">
         <x:v/>
       </x:c>
       <x:c r="N42" t="str">
         <x:v/>
       </x:c>
       <x:c r="O42" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P42" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q42" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R42" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T42" t="str">
         <x:v/>
       </x:c>
       <x:c r="U42" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V42" t="str">
-        <x:v>Limited to Ambient Air Cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W42" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X42" t="n">
-        <x:v>23483</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA42" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB42" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC42" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD42" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG42" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="n">
-        <x:v>174</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E43" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I43" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J43" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K43" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L43" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M43" t="str">
         <x:v/>
       </x:c>
       <x:c r="N43" t="str">
         <x:v/>
       </x:c>
       <x:c r="O43" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P43" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q43" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R43" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T43" t="str">
         <x:v/>
       </x:c>
       <x:c r="U43" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V43" t="str">
-        <x:v>Approved cure schedule per RCI R140383.</x:v>
+        <x:v>Limited to Ambient Air Cure only</x:v>
       </x:c>
       <x:c r="W43" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X43" t="n">
-        <x:v>1751</x:v>
+        <x:v>23483</x:v>
       </x:c>
       <x:c r="Y43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA43" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB43" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC43" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD43" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG43" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="n">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B44" t="str">
         <x:v>90051986</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>NORTH EAST FINISHING CO                           </x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>245 RALPH AV                        </x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E44" t="str">
-        <x:v>COPIAGUE                            </x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>NY </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>11726                               </x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H44" t="str">
         <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I44" t="str">
         <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J44" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K44" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L44" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M44" t="str">
         <x:v/>
       </x:c>
       <x:c r="N44" t="str">
         <x:v/>
       </x:c>
       <x:c r="O44" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P44" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q44" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R44" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T44" t="str">
         <x:v/>
       </x:c>
       <x:c r="U44" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -4826,75 +4826,75 @@
       </x:c>
       <x:c r="AC49" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AD49" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG49" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B50" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H50" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I50" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J50" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K50" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L50" t="str">
         <x:v/>
       </x:c>
       <x:c r="M50" t="str">
         <x:v/>
       </x:c>
       <x:c r="N50" t="str">
         <x:v/>
       </x:c>
       <x:c r="O50" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P50" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q50" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R50" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T50" t="str">
         <x:v/>
       </x:c>
@@ -5898,418 +5898,516 @@
       </x:c>
       <x:c r="AA60" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB60" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC60" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD60" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG60" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="n">
-        <x:v>129</x:v>
+        <x:v>26163</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90173265</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>601 Airport Dr</x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>WA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>98108</x:v>
+        <x:v>76063-2718</x:v>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>817-477-2193 (X220)</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J61" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>5/31/2023</x:v>
       </x:c>
       <x:c r="K61" t="str">
         <x:v/>
       </x:c>
       <x:c r="L61" t="str">
         <x:v/>
       </x:c>
       <x:c r="M61" t="str">
         <x:v/>
       </x:c>
       <x:c r="N61" t="str">
         <x:v/>
       </x:c>
       <x:c r="O61" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P61" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q61" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R61" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T61" t="str">
         <x:v/>
       </x:c>
       <x:c r="U61" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V61" t="str">
-        <x:v>Air-cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W61" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X61" t="n">
-        <x:v>821</x:v>
+        <x:v>30515</x:v>
       </x:c>
       <x:c r="Y61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA61" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB61" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC61" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD61" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG61" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="n">
-        <x:v>307</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>90056626</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>VECCO</x:v>
+        <x:v>Valence Seattle</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>1650 S MCCOMAS ST</x:v>
+        <x:v>8135 1st Avenue South</x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>WICHITA</x:v>
+        <x:v>Seattle</x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>KS</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>67213-1239</x:v>
+        <x:v>98108</x:v>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>316-648-7805</x:v>
+        <x:v>(206) 762-5855</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>316-942-0687</x:v>
+        <x:v>(206) 763-1641</x:v>
       </x:c>
       <x:c r="J62" t="str">
-        <x:v>12/18/2013</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K62" t="str">
         <x:v/>
       </x:c>
       <x:c r="L62" t="str">
         <x:v/>
       </x:c>
       <x:c r="M62" t="str">
         <x:v/>
       </x:c>
       <x:c r="N62" t="str">
         <x:v/>
       </x:c>
       <x:c r="O62" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P62" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q62" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R62" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T62" t="str">
         <x:v/>
       </x:c>
       <x:c r="U62" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V62" t="str">
-        <x:v>Force cure per approved RCI #BR531876</x:v>
+        <x:v>Air-cure only</x:v>
       </x:c>
       <x:c r="W62" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X62" t="n">
-        <x:v>23591</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="Y62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA62" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB62" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC62" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD62" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG62" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="n">
-        <x:v>209</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>90053807</x:v>
+        <x:v>90056626</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>WEATHERFORD AEROSPACE LLC</x:v>
+        <x:v>VECCO</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>610 W THIRD ST</x:v>
+        <x:v>1650 S MCCOMAS ST</x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>WEATHERFORD</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>TX</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>76086-2037</x:v>
+        <x:v>67213-1239</x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>817-594-5464</x:v>
+        <x:v>316-648-7805</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v>817-594-7450</x:v>
+        <x:v>316-942-0687</x:v>
       </x:c>
       <x:c r="J63" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/18/2013</x:v>
       </x:c>
       <x:c r="K63" t="str">
         <x:v/>
       </x:c>
       <x:c r="L63" t="str">
         <x:v/>
       </x:c>
       <x:c r="M63" t="str">
         <x:v/>
       </x:c>
       <x:c r="N63" t="str">
         <x:v/>
       </x:c>
       <x:c r="O63" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P63" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q63" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R63" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T63" t="str">
         <x:v/>
       </x:c>
       <x:c r="U63" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V63" t="str">
-        <x:v>Air cure only</x:v>
+        <x:v>Force cure per approved RCI #BR531876</x:v>
       </x:c>
       <x:c r="W63" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X63" t="n">
-        <x:v>1322</x:v>
+        <x:v>23591</x:v>
       </x:c>
       <x:c r="Y63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA63" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB63" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC63" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD63" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG63" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="n">
-        <x:v>301</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>90053884</x:v>
+        <x:v>90053807</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WEATHERFORD AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>610 W THIRD ST</x:v>
       </x:c>
       <x:c r="E64" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>WEATHERFORD</x:v>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>MN</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>55112-7858</x:v>
+        <x:v>76086-2037</x:v>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>651-636-0720</x:v>
+        <x:v>817-594-5464</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v>651-636-3308</x:v>
+        <x:v>817-594-7450</x:v>
       </x:c>
       <x:c r="J64" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K64" t="str">
         <x:v/>
       </x:c>
       <x:c r="L64" t="str">
         <x:v/>
       </x:c>
       <x:c r="M64" t="str">
         <x:v/>
       </x:c>
       <x:c r="N64" t="str">
         <x:v/>
       </x:c>
       <x:c r="O64" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P64" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q64" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R64" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T64" t="str">
         <x:v/>
       </x:c>
       <x:c r="U64" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V64" t="str">
-        <x:v>Air Drying only</x:v>
+        <x:v>Air cure only</x:v>
       </x:c>
       <x:c r="W64" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X64" t="n">
-        <x:v>1805</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="Y64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA64" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB64" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC64" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD64" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG64" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65">
+      <x:c r="A65" t="n">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="B65" t="str">
+        <x:v>90053884</x:v>
+      </x:c>
+      <x:c r="C65" t="str">
+        <x:v>WOLKERSTORFER CO INC</x:v>
+      </x:c>
+      <x:c r="D65" t="str">
+        <x:v>348 1ST ST SE</x:v>
+      </x:c>
+      <x:c r="E65" t="str">
+        <x:v>SAINT PAUL</x:v>
+      </x:c>
+      <x:c r="F65" t="str">
+        <x:v>MN</x:v>
+      </x:c>
+      <x:c r="G65" t="str">
+        <x:v>55112-7858</x:v>
+      </x:c>
+      <x:c r="H65" t="str">
+        <x:v>651-636-0720</x:v>
+      </x:c>
+      <x:c r="I65" t="str">
+        <x:v>651-636-3308</x:v>
+      </x:c>
+      <x:c r="J65" t="str">
+        <x:v>12/2/2025</x:v>
+      </x:c>
+      <x:c r="K65" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L65" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M65" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N65" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O65" t="str">
+        <x:v>GSS 4310</x:v>
+      </x:c>
+      <x:c r="P65" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q65" t="str">
+        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
+      </x:c>
+      <x:c r="R65" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T65" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U65" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V65" t="str">
+        <x:v>Air Drying only</x:v>
+      </x:c>
+      <x:c r="W65" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="X65" t="n">
+        <x:v>1805</x:v>
+      </x:c>
+      <x:c r="Y65" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z65" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA65" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB65" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC65" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD65" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE65" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF65" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG65" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>