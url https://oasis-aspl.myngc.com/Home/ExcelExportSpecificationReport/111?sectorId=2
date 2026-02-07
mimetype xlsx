--- v1 (2025-12-10)
+++ v2 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd755f9c72b1b4af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e03fc6371164305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5f33fa7158cd4df7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R847370288b0b4d1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5f33fa7158cd4df7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R847370288b0b4d1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1493,63 +1493,63 @@
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
       <x:c r="J16" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
@@ -1983,63 +1983,63 @@
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B21" t="str">
         <x:v>90049292</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>CPI AEROSTRUCTURES INC                            </x:v>
+        <x:v>CPI AEROSTRUCTURES INC</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>91 HEARTLAND BLVD                   </x:v>
+        <x:v>91 HEARTLAND BLVD</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>EDGEWOOD                            </x:v>
+        <x:v>BRENTWOOD</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>NY </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>11717                               </x:v>
+        <x:v>11717</x:v>
       </x:c>
       <x:c r="H21" t="str">
         <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v>631-870-1138</x:v>
       </x:c>
       <x:c r="J21" t="str">
         <x:v>12/8/2005</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
@@ -2105,54 +2105,54 @@
       <x:c r="C22" t="str">
         <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="D22" t="str">
         <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="E22" t="str">
         <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="F22" t="str">
         <x:v>AR</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="H22" t="str">
         <x:v>5015250268</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v/>
       </x:c>
       <x:c r="J22" t="str">
         <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="K22" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="L22" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -3742,2371 +3742,2371 @@
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>240</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>IL </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v/>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v/>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V39" t="str">
-        <x:v>Limited to air dry only.  </x:v>
+        <x:v>Air-cure only</x:v>
       </x:c>
       <x:c r="W39" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X39" t="n">
-        <x:v>1563</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="Y39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA39" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB39" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC39" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD39" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG39" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="n">
-        <x:v>12874</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>90066477</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C40" t="str">
-        <x:v>Mecaprotec Industries Jean-François</x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>24, rue Jean-François Romieu </x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E40" t="str">
-        <x:v>MURET, 31600</x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v/>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G40" t="str">
-        <x:v/>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>(33) (0)5.61.51.82.00</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I40" t="str">
-        <x:v>(33) (0)5.61.51.82.01</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J40" t="str">
-        <x:v>1/5/2017</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K40" t="str">
         <x:v/>
       </x:c>
       <x:c r="L40" t="str">
         <x:v/>
       </x:c>
       <x:c r="M40" t="str">
         <x:v/>
       </x:c>
       <x:c r="N40" t="str">
         <x:v/>
       </x:c>
       <x:c r="O40" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P40" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q40" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R40" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T40" t="str">
         <x:v/>
       </x:c>
       <x:c r="U40" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V40" t="str">
-        <x:v>Approved for Force Cure per RC/I 631876</x:v>
+        <x:v>Limited to air dry only.  </x:v>
       </x:c>
       <x:c r="W40" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X40" t="n">
-        <x:v>9255</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA40" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB40" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC40" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD40" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG40" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="n">
-        <x:v>292</x:v>
+        <x:v>12874</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>90054111</x:v>
+        <x:v>90066477</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>Mecaprotec Industries Joffrey</x:v>
+        <x:v>Mecaprotec Industries Jean-François</x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
+        <x:v>24, rue Jean-François Romieu </x:v>
       </x:c>
       <x:c r="E41" t="str">
-        <x:v>Muret Cedex</x:v>
+        <x:v>MURET, 31600</x:v>
       </x:c>
       <x:c r="F41" t="str">
         <x:v/>
       </x:c>
       <x:c r="G41" t="str">
-        <x:v>31607</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>330561518207</x:v>
+        <x:v>(33) (0)5.61.51.82.00</x:v>
       </x:c>
       <x:c r="I41" t="str">
-        <x:v>0561518201</x:v>
+        <x:v>(33) (0)5.61.51.82.01</x:v>
       </x:c>
       <x:c r="J41" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>1/5/2017</x:v>
       </x:c>
       <x:c r="K41" t="str">
         <x:v/>
       </x:c>
       <x:c r="L41" t="str">
         <x:v/>
       </x:c>
       <x:c r="M41" t="str">
         <x:v/>
       </x:c>
       <x:c r="N41" t="str">
         <x:v/>
       </x:c>
       <x:c r="O41" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P41" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q41" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R41" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T41" t="str">
         <x:v/>
       </x:c>
       <x:c r="U41" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V41" t="str">
-        <x:v>MP approval required if force dry  is used per para. 3.4.4</x:v>
+        <x:v>Approved for Force Cure per RC/I 631876</x:v>
       </x:c>
       <x:c r="W41" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X41" t="n">
-        <x:v>2604</x:v>
+        <x:v>9255</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA41" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AB41" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AC41" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AD41" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG41" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="n">
-        <x:v>247</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90054111</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>Mecaprotec Industries Joffrey</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Muret Cedex</x:v>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>KS</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>57213</x:v>
+        <x:v>31607</x:v>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>330561518207</x:v>
       </x:c>
       <x:c r="I42" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>0561518201</x:v>
       </x:c>
       <x:c r="J42" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="K42" t="str">
         <x:v/>
       </x:c>
       <x:c r="L42" t="str">
         <x:v/>
       </x:c>
       <x:c r="M42" t="str">
         <x:v/>
       </x:c>
       <x:c r="N42" t="str">
         <x:v/>
       </x:c>
       <x:c r="O42" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P42" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q42" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R42" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T42" t="str">
         <x:v/>
       </x:c>
       <x:c r="U42" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V42" t="str">
-        <x:v/>
+        <x:v>Approved for Force Cure per RC/I 631876</x:v>
       </x:c>
       <x:c r="W42" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X42" t="n">
-        <x:v>1605</x:v>
+        <x:v>2604</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA42" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB42" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC42" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD42" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG42" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="n">
-        <x:v>303</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E43" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I43" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J43" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K43" t="str">
         <x:v/>
       </x:c>
       <x:c r="L43" t="str">
         <x:v/>
       </x:c>
       <x:c r="M43" t="str">
         <x:v/>
       </x:c>
       <x:c r="N43" t="str">
         <x:v/>
       </x:c>
       <x:c r="O43" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P43" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q43" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R43" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T43" t="str">
         <x:v/>
       </x:c>
       <x:c r="U43" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V43" t="str">
-        <x:v>Limited to Ambient Air Cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W43" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X43" t="n">
-        <x:v>23483</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="Y43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA43" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB43" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC43" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD43" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG43" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="n">
-        <x:v>203</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>NORTH EAST FINISHING CO</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>245 RALPH AV</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E44" t="str">
-        <x:v>COPIAGUE</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>11726-1514</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I44" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J44" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K44" t="str">
-        <x:v>7BZG6</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L44" t="str">
-        <x:v>947402947</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M44" t="str">
         <x:v/>
       </x:c>
       <x:c r="N44" t="str">
         <x:v/>
       </x:c>
       <x:c r="O44" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P44" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q44" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R44" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T44" t="str">
         <x:v/>
       </x:c>
       <x:c r="U44" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V44" t="str">
-        <x:v>Force Air Drying Cycles shall be in accordance with RC/I R631876 (254304).</x:v>
+        <x:v>Limited to Ambient Air Cure only</x:v>
       </x:c>
       <x:c r="W44" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X44" t="n">
-        <x:v>1302</x:v>
+        <x:v>23483</x:v>
       </x:c>
       <x:c r="Y44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA44" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB44" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC44" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD44" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG44" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="n">
-        <x:v>248</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>90052095</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C45" t="str">
-        <x:v>Ozark Mountain Technologies, Inc.</x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>106 Midland Drive</x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E45" t="str">
-        <x:v>Cuba</x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>MO</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>65453</x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>(573) 885-3018</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I45" t="str">
-        <x:v>(573) 885-3029</x:v>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J45" t="str">
-        <x:v>6/27/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K45" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L45" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M45" t="str">
         <x:v/>
       </x:c>
       <x:c r="N45" t="str">
         <x:v/>
       </x:c>
       <x:c r="O45" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P45" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q45" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R45" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T45" t="str">
         <x:v/>
       </x:c>
       <x:c r="U45" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V45" t="str">
-        <x:v>Force Cure per Approved  RCI BR 631876</x:v>
+        <x:v>Force Air Drying Cycles shall be in accordance with RC/I R631876 (254304).</x:v>
       </x:c>
       <x:c r="W45" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X45" t="n">
-        <x:v>1619</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="Y45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA45" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB45" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC45" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD45" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG45" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="n">
-        <x:v>12086</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>90066422</x:v>
+        <x:v>90052095</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>Paragon Services Inc Sheridan  </x:v>
+        <x:v>Ozark Mountain Technologies, Inc.</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>2434 S. Sheridan </x:v>
+        <x:v>106 Midland Drive</x:v>
       </x:c>
       <x:c r="E46" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Cuba</x:v>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>KS</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>67213</x:v>
+        <x:v>65453</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>(573) 885-3018</x:v>
       </x:c>
       <x:c r="I46" t="str">
-        <x:v/>
+        <x:v>(573) 885-3029</x:v>
       </x:c>
       <x:c r="J46" t="str">
-        <x:v>8/19/2016</x:v>
+        <x:v>6/27/2006</x:v>
       </x:c>
       <x:c r="K46" t="str">
         <x:v/>
       </x:c>
       <x:c r="L46" t="str">
         <x:v/>
       </x:c>
       <x:c r="M46" t="str">
         <x:v/>
       </x:c>
       <x:c r="N46" t="str">
         <x:v/>
       </x:c>
       <x:c r="O46" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P46" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q46" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R46" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T46" t="str">
         <x:v/>
       </x:c>
       <x:c r="U46" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V46" t="str">
-        <x:v>Air dry only</x:v>
+        <x:v>Force Cure per Approved  RCI BR 631876</x:v>
       </x:c>
       <x:c r="W46" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X46" t="n">
-        <x:v>8191</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="Y46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA46" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB46" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC46" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD46" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG46" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="n">
-        <x:v>149</x:v>
+        <x:v>12086</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>90052168</x:v>
+        <x:v>90066422</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>Paragon Services Inc West St.</x:v>
+        <x:v>Paragon Services Inc Sheridan  </x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>1015 S West Street</x:v>
+        <x:v>2434 S. Sheridan </x:v>
       </x:c>
       <x:c r="E47" t="str">
         <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F47" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="G47" t="str">
         <x:v>67213</x:v>
       </x:c>
       <x:c r="H47" t="str">
         <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v>(316) 945-8906</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J47" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>8/19/2016</x:v>
       </x:c>
       <x:c r="K47" t="str">
         <x:v/>
       </x:c>
       <x:c r="L47" t="str">
         <x:v/>
       </x:c>
       <x:c r="M47" t="str">
         <x:v/>
       </x:c>
       <x:c r="N47" t="str">
         <x:v/>
       </x:c>
       <x:c r="O47" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P47" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q47" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R47" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T47" t="str">
         <x:v/>
       </x:c>
       <x:c r="U47" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V47" t="str">
-        <x:v>Excludes Titanium.</x:v>
+        <x:v>Air dry only</x:v>
       </x:c>
       <x:c r="W47" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X47" t="n">
-        <x:v>796</x:v>
+        <x:v>8191</x:v>
       </x:c>
       <x:c r="Y47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA47" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB47" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC47" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD47" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="n">
-        <x:v>26343</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>90127495</x:v>
+        <x:v>90052168</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>POTEZ AERONAUTIQUE                                </x:v>
+        <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>8 Route Du Houga BP 149             </x:v>
+        <x:v>1015 S West Street</x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>AIRE-SUR-L'ADOUR                    </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v/>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>40800                               </x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>0558714778          </x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v/>
+        <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="J48" t="str">
-        <x:v>1/4/2024</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K48" t="str">
         <x:v/>
       </x:c>
       <x:c r="L48" t="str">
         <x:v/>
       </x:c>
       <x:c r="M48" t="str">
         <x:v/>
       </x:c>
       <x:c r="N48" t="str">
         <x:v/>
       </x:c>
       <x:c r="O48" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P48" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q48" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R48" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T48" t="str">
         <x:v/>
       </x:c>
       <x:c r="U48" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V48" t="str">
-        <x:v/>
+        <x:v>Excludes Titanium.</x:v>
       </x:c>
       <x:c r="W48" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X48" t="n">
-        <x:v>29494</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Y48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA48" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB48" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC48" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD48" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG48" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="n">
-        <x:v>25963</x:v>
+        <x:v>26343</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>90077285</x:v>
+        <x:v>90127495</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>Potez Composites</x:v>
+        <x:v>POTEZ AERONAUTIQUE                                </x:v>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>Quercypole</x:v>
+        <x:v>8 Route Du Houga BP 149             </x:v>
       </x:c>
       <x:c r="E49" t="str">
-        <x:v>Cambes</x:v>
+        <x:v>AIRE-SUR-L'ADOUR                    </x:v>
       </x:c>
       <x:c r="F49" t="str">
         <x:v/>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>46100</x:v>
+        <x:v>40800                               </x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>+33-565-50-3370</x:v>
+        <x:v>0558714778          </x:v>
       </x:c>
       <x:c r="I49" t="str">
         <x:v/>
       </x:c>
       <x:c r="J49" t="str">
-        <x:v>2/23/2021</x:v>
+        <x:v>1/4/2024</x:v>
       </x:c>
       <x:c r="K49" t="str">
         <x:v/>
       </x:c>
       <x:c r="L49" t="str">
         <x:v/>
       </x:c>
       <x:c r="M49" t="str">
         <x:v/>
       </x:c>
       <x:c r="N49" t="str">
         <x:v/>
       </x:c>
       <x:c r="O49" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P49" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q49" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R49" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T49" t="str">
         <x:v/>
       </x:c>
       <x:c r="U49" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V49" t="str">
         <x:v/>
       </x:c>
       <x:c r="W49" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X49" t="n">
-        <x:v>28790</x:v>
+        <x:v>29494</x:v>
       </x:c>
       <x:c r="Y49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA49" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AB49" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AC49" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AD49" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG49" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="n">
-        <x:v>153</x:v>
+        <x:v>25963</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90077285</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
+        <x:v>Potez Composites</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
+        <x:v>Quercypole</x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v>GROVE                               </x:v>
+        <x:v>Cambes</x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>OK </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>74344                               </x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>+33-565-50-3370</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J50" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>2/23/2021</x:v>
       </x:c>
       <x:c r="K50" t="str">
-        <x:v>4GMH2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L50" t="str">
         <x:v/>
       </x:c>
       <x:c r="M50" t="str">
         <x:v/>
       </x:c>
       <x:c r="N50" t="str">
         <x:v/>
       </x:c>
       <x:c r="O50" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P50" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q50" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R50" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T50" t="str">
         <x:v/>
       </x:c>
       <x:c r="U50" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V50" t="str">
-        <x:v>Air dry only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W50" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X50" t="n">
-        <x:v>842</x:v>
+        <x:v>28790</x:v>
       </x:c>
       <x:c r="Y50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA50" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB50" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC50" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD50" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG50" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="n">
-        <x:v>35</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>AR </x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J51" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K51" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L51" t="str">
         <x:v/>
       </x:c>
       <x:c r="M51" t="str">
         <x:v/>
       </x:c>
       <x:c r="N51" t="str">
         <x:v/>
       </x:c>
       <x:c r="O51" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P51" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q51" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R51" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T51" t="str">
         <x:v/>
       </x:c>
       <x:c r="U51" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V51" t="str">
-        <x:v>Allowance for force cure per RCI R036459</x:v>
+        <x:v>Air dry only</x:v>
       </x:c>
       <x:c r="W51" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X51" t="n">
-        <x:v>153</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="Y51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA51" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB51" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC51" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD51" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG51" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="n">
-        <x:v>273</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>90052667</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>Royal Engineered Composites</x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>1046 E 9th St</x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>Minden</x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>NE</x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>68959-2439</x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>(308) 832-2760</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v>(308) 832-2214</x:v>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J52" t="str">
-        <x:v>3/25/2004</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K52" t="str">
         <x:v/>
       </x:c>
       <x:c r="L52" t="str">
         <x:v/>
       </x:c>
       <x:c r="M52" t="str">
         <x:v/>
       </x:c>
       <x:c r="N52" t="str">
         <x:v/>
       </x:c>
       <x:c r="O52" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P52" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q52" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R52" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T52" t="str">
         <x:v/>
       </x:c>
       <x:c r="U52" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V52" t="str">
-        <x:v>Limits: Limited to Air Drying only</x:v>
+        <x:v>Allowance for force cure per RCI R036459</x:v>
       </x:c>
       <x:c r="W52" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X52" t="n">
-        <x:v>1697</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Y52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA52" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB52" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC52" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD52" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG52" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="n">
-        <x:v>26137</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>90128120</x:v>
+        <x:v>90052667</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>SPEM AERO SAS </x:v>
+        <x:v>Royal Engineered Composites</x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>6 rue du castelmouly </x:v>
+        <x:v>1046 E 9th St</x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v>Bagnères de Bigorre </x:v>
+        <x:v>Minden</x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v/>
+        <x:v>NE</x:v>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v>65200</x:v>
+        <x:v>68959-2439</x:v>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>33562913232 </x:v>
+        <x:v>(308) 832-2760</x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v/>
+        <x:v>(308) 832-2214</x:v>
       </x:c>
       <x:c r="J53" t="str">
-        <x:v>2/7/2023</x:v>
+        <x:v>3/25/2004</x:v>
       </x:c>
       <x:c r="K53" t="str">
         <x:v/>
       </x:c>
       <x:c r="L53" t="str">
         <x:v/>
       </x:c>
       <x:c r="M53" t="str">
         <x:v/>
       </x:c>
       <x:c r="N53" t="str">
         <x:v/>
       </x:c>
       <x:c r="O53" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P53" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q53" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R53" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T53" t="str">
         <x:v/>
       </x:c>
       <x:c r="U53" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V53" t="str">
-        <x:v/>
+        <x:v>Limits: Limited to Air Drying only</x:v>
       </x:c>
       <x:c r="W53" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X53" t="n">
-        <x:v>28797</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="Y53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA53" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB53" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC53" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD53" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG53" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="n">
-        <x:v>224</x:v>
+        <x:v>26137</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>90046508</x:v>
+        <x:v>90128120</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>Stelia Aerospace North America Inc</x:v>
+        <x:v>SPEM AERO SAS </x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>71 Hall St</x:v>
+        <x:v>6 rue du castelmouly </x:v>
       </x:c>
       <x:c r="E54" t="str">
-        <x:v>Lunenburg,  Nova Scotia </x:v>
+        <x:v>Bagnères de Bigorre </x:v>
       </x:c>
       <x:c r="F54" t="str">
         <x:v/>
       </x:c>
       <x:c r="G54" t="str">
-        <x:v>B0J 1T0</x:v>
+        <x:v>65200</x:v>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>(902) 634-8448</x:v>
+        <x:v>33562913232 </x:v>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v>(902) 634-8398</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J54" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>2/7/2023</x:v>
       </x:c>
       <x:c r="K54" t="str">
         <x:v/>
       </x:c>
       <x:c r="L54" t="str">
         <x:v/>
       </x:c>
       <x:c r="M54" t="str">
         <x:v/>
       </x:c>
       <x:c r="N54" t="str">
         <x:v/>
       </x:c>
       <x:c r="O54" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P54" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q54" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R54" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T54" t="str">
         <x:v/>
       </x:c>
       <x:c r="U54" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V54" t="str">
-        <x:v>Air cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W54" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X54" t="n">
-        <x:v>1446</x:v>
+        <x:v>28797</x:v>
       </x:c>
       <x:c r="Y54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA54" t="n">
-        <x:v>225</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB54" t="str">
-        <x:v>Canada</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC54" t="str">
-        <x:v>CA</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD54" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG54" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="n">
-        <x:v>26268</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>90174224</x:v>
+        <x:v>90046508</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>Sterling Engineering Corporation</x:v>
+        <x:v>Stelia Aerospace North America Inc</x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>236 New Hartford Rd.</x:v>
+        <x:v>71 Hall St</x:v>
       </x:c>
       <x:c r="E55" t="str">
-        <x:v>Barkhamsted</x:v>
+        <x:v>Lunenburg,  Nova Scotia </x:v>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>CT</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>06063</x:v>
+        <x:v>B0J 1T0</x:v>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>860-379-3366 x2122</x:v>
+        <x:v>(902) 634-8448</x:v>
       </x:c>
       <x:c r="I55" t="str">
-        <x:v/>
+        <x:v>(902) 634-8398</x:v>
       </x:c>
       <x:c r="J55" t="str">
-        <x:v>10/31/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K55" t="str">
         <x:v/>
       </x:c>
       <x:c r="L55" t="str">
         <x:v/>
       </x:c>
       <x:c r="M55" t="str">
         <x:v/>
       </x:c>
       <x:c r="N55" t="str">
         <x:v/>
       </x:c>
       <x:c r="O55" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P55" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q55" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R55" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T55" t="str">
         <x:v/>
       </x:c>
       <x:c r="U55" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V55" t="str">
-        <x:v/>
+        <x:v>Air cure only</x:v>
       </x:c>
       <x:c r="W55" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X55" t="n">
-        <x:v>29223</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="Y55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA55" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB55" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC55" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD55" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG55" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="n">
-        <x:v>161</x:v>
+        <x:v>26268</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90174224</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>Sterling Engineering Corporation</x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>236 New Hartford Rd.</x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>Barkhamsted</x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>MO</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>63080</x:v>
+        <x:v>06063</x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>860-379-3366 x2122</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J56" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>10/31/2023</x:v>
       </x:c>
       <x:c r="K56" t="str">
         <x:v/>
       </x:c>
       <x:c r="L56" t="str">
         <x:v/>
       </x:c>
       <x:c r="M56" t="str">
         <x:v/>
       </x:c>
       <x:c r="N56" t="str">
         <x:v/>
       </x:c>
       <x:c r="O56" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P56" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q56" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R56" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T56" t="str">
         <x:v/>
       </x:c>
       <x:c r="U56" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V56" t="str">
-        <x:v>Force Cure per RCI 648978 pending approval</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W56" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X56" t="n">
-        <x:v>30063</x:v>
+        <x:v>29223</x:v>
       </x:c>
       <x:c r="Y56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA56" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB56" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC56" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD56" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG56" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="n">
-        <x:v>1730</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>90053238</x:v>
+        <x:v>90053143</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>TACTAIR FLUID CONTROLS INC                        </x:v>
+        <x:v>Sullivan Precision Metal Finishing</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>4806 W TAFT RD                      </x:v>
+        <x:v>995 North Service Road West</x:v>
       </x:c>
       <x:c r="E57" t="str">
-        <x:v>LIVERPOOL                           </x:v>
+        <x:v>Sullivan</x:v>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>NY </x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v>13088-4810                          </x:v>
+        <x:v>63080</x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>315-451-3928</x:v>
+        <x:v>(573) 468-8049</x:v>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>315-451-8919</x:v>
+        <x:v>(573) 468-2182</x:v>
       </x:c>
       <x:c r="J57" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K57" t="str">
         <x:v/>
       </x:c>
       <x:c r="L57" t="str">
         <x:v/>
       </x:c>
       <x:c r="M57" t="str">
         <x:v/>
       </x:c>
       <x:c r="N57" t="str">
         <x:v/>
       </x:c>
       <x:c r="O57" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P57" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q57" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R57" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T57" t="str">
         <x:v/>
       </x:c>
       <x:c r="U57" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V57" t="str">
-        <x:v/>
+        <x:v>Force Cure per RCI 648978 pending approval</x:v>
       </x:c>
       <x:c r="W57" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X57" t="n">
-        <x:v>30434</x:v>
+        <x:v>30063</x:v>
       </x:c>
       <x:c r="Y57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA57" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB57" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC57" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD57" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG57" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="n">
-        <x:v>95</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>90053487</x:v>
+        <x:v>90053238</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>TRIUMPH ACTUATION SYSTEMS LLC</x:v>
+        <x:v>TACTAIR FLUID CONTROLS INC                        </x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>4520 HAMPTON RD</x:v>
+        <x:v>4806 W TAFT RD                      </x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v>CLEMMONS</x:v>
+        <x:v>LIVERPOOL                           </x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>NC</x:v>
+        <x:v>NY </x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>27012</x:v>
+        <x:v>13088-4810                          </x:v>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>3367669036</x:v>
+        <x:v>315-451-3928</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>336-766-9040</x:v>
+        <x:v>315-451-8919</x:v>
       </x:c>
       <x:c r="J58" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K58" t="str">
         <x:v/>
       </x:c>
       <x:c r="L58" t="str">
         <x:v/>
       </x:c>
       <x:c r="M58" t="str">
         <x:v/>
       </x:c>
       <x:c r="N58" t="str">
         <x:v/>
       </x:c>
       <x:c r="O58" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P58" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q58" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R58" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T58" t="str">
         <x:v/>
       </x:c>
       <x:c r="U58" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V58" t="str">
         <x:v/>
       </x:c>
       <x:c r="W58" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X58" t="n">
-        <x:v>536</x:v>
+        <x:v>30434</x:v>
       </x:c>
       <x:c r="Y58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA58" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB58" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC58" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD58" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG58" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="n">
-        <x:v>63</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>90053494</x:v>
+        <x:v>90053487</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>TRIUMPH PROCESSING</x:v>
+        <x:v>TRIUMPH GROUP OPERATIONS</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>2605 INDUSTRY WAY</x:v>
+        <x:v>4520 HAMPTON RD</x:v>
       </x:c>
       <x:c r="E59" t="str">
-        <x:v>LYNWOOD</x:v>
+        <x:v>CLEMMONS</x:v>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>CA</x:v>
+        <x:v>NC</x:v>
       </x:c>
       <x:c r="G59" t="str">
-        <x:v>90262</x:v>
+        <x:v>27012</x:v>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>(323) 563-1338</x:v>
+        <x:v>3367669036</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v>323-567-7130</x:v>
+        <x:v>336-766-9040</x:v>
       </x:c>
       <x:c r="J59" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K59" t="str">
         <x:v/>
       </x:c>
       <x:c r="L59" t="str">
         <x:v/>
       </x:c>
       <x:c r="M59" t="str">
         <x:v/>
       </x:c>
       <x:c r="N59" t="str">
         <x:v/>
       </x:c>
       <x:c r="O59" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P59" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q59" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R59" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T59" t="str">
         <x:v/>
       </x:c>
       <x:c r="U59" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V59" t="str">
-        <x:v>Air cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W59" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X59" t="n">
-        <x:v>236</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Y59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA59" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB59" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC59" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD59" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG59" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="n">
-        <x:v>44946</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>90218498</x:v>
+        <x:v>90053494</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
+        <x:v>TRIUMPH PROCESSING</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>2588 Industry Way</x:v>
+        <x:v>2605 INDUSTRY WAY</x:v>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v>Lynwood</x:v>
+        <x:v>LYNWOOD</x:v>
       </x:c>
       <x:c r="F60" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v>90262</x:v>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>310-613-6758</x:v>
+        <x:v>(323) 563-1338</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v/>
+        <x:v>323-567-7130</x:v>
       </x:c>
       <x:c r="J60" t="str">
-        <x:v>9/22/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K60" t="str">
         <x:v/>
       </x:c>
       <x:c r="L60" t="str">
         <x:v/>
       </x:c>
       <x:c r="M60" t="str">
         <x:v/>
       </x:c>
       <x:c r="N60" t="str">
         <x:v/>
       </x:c>
       <x:c r="O60" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P60" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q60" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R60" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T60" t="str">
         <x:v/>
       </x:c>
       <x:c r="U60" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V60" t="str">
         <x:v>Air cure only</x:v>
       </x:c>
       <x:c r="W60" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X60" t="n">
-        <x:v>30387</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Y60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA60" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB60" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC60" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD60" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG60" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="n">
-        <x:v>26163</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90173265</x:v>
+        <x:v>90218498</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>601 Airport Dr</x:v>
+        <x:v>2588 Industry Way</x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v>Lynwood</x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>76063-2718</x:v>
+        <x:v>90262</x:v>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>817-477-2193 (X220)</x:v>
+        <x:v>310-613-6758</x:v>
       </x:c>
       <x:c r="I61" t="str">
         <x:v/>
       </x:c>
       <x:c r="J61" t="str">
-        <x:v>5/31/2023</x:v>
+        <x:v>9/22/2025</x:v>
       </x:c>
       <x:c r="K61" t="str">
         <x:v/>
       </x:c>
       <x:c r="L61" t="str">
         <x:v/>
       </x:c>
       <x:c r="M61" t="str">
         <x:v/>
       </x:c>
       <x:c r="N61" t="str">
         <x:v/>
       </x:c>
       <x:c r="O61" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P61" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q61" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R61" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T61" t="str">
         <x:v/>
       </x:c>
       <x:c r="U61" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V61" t="str">
-        <x:v/>
+        <x:v>Air cure only</x:v>
       </x:c>
       <x:c r="W61" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X61" t="n">
-        <x:v>30515</x:v>
+        <x:v>30387</x:v>
       </x:c>
       <x:c r="Y61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA61" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB61" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC61" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD61" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG61" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="n">
-        <x:v>129</x:v>
+        <x:v>26163</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90173265</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>601 Airport Dr</x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>WA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>98108</x:v>
+        <x:v>76063-2718</x:v>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>817-477-2193 (X220)</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J62" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>5/31/2023</x:v>
       </x:c>
       <x:c r="K62" t="str">
         <x:v/>
       </x:c>
       <x:c r="L62" t="str">
         <x:v/>
       </x:c>
       <x:c r="M62" t="str">
         <x:v/>
       </x:c>
       <x:c r="N62" t="str">
         <x:v/>
       </x:c>
       <x:c r="O62" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P62" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q62" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R62" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T62" t="str">
         <x:v/>
       </x:c>
       <x:c r="U62" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V62" t="str">
-        <x:v>Air-cure only</x:v>
+        <x:v>Forced Cure per RCI 461455</x:v>
       </x:c>
       <x:c r="W62" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X62" t="n">
-        <x:v>821</x:v>
+        <x:v>30515</x:v>
       </x:c>
       <x:c r="Y62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA62" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB62" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC62" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD62" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF62" t="n">
         <x:v>2</x:v>
       </x:c>