--- v2 (2026-02-07)
+++ v3 (2026-03-24)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e03fc6371164305" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcd33e72d76446a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R847370288b0b4d1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R86e9bcfc32724dab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R847370288b0b4d1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R86e9bcfc32724dab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1199,66 +1199,66 @@
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B13" t="str">
         <x:v>90054958</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Applied Aerospace Structures Corp</x:v>
+        <x:v>APPLIED AEROSPACE STRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>3437 S Airport Way                 </x:v>
+        <x:v>3437 SOUTH AIRPORT WAY</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Stockton                            </x:v>
+        <x:v>STOCKTON</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>95206                               </x:v>
+        <x:v>95206-3853</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v> 209-983-3244</x:v>
+        <x:v>2099820160</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v>209-982-3375</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>5/27/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
@@ -1389,5025 +1389,4927 @@
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>225</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90049034</x:v>
+        <x:v>90008061</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>UT </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>801-917-2033</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J15" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Reference Force dry RCI #BR020920</x:v>
+        <x:v>Approved for air cure only</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>914</x:v>
+        <x:v>14755</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>171</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90008061</x:v>
+        <x:v>90049168</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC</x:v>
+        <x:v>Bowman Plating Company Inc</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>2210 BARRY AVE</x:v>
+        <x:v>2631 E 126th St</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>LOS ANGELES</x:v>
+        <x:v>Compton</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>90064-1402</x:v>
+        <x:v>90222</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>3104780078</x:v>
+        <x:v>(310) 639-4343 EXTN 152</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v/>
+        <x:v>(310) 639-3577</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V16" t="str">
-        <x:v>Approved for air cure only</x:v>
+        <x:v>Force Cure approved per RCI 643362</x:v>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>14755</x:v>
+        <x:v>29629</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>59</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90049168</x:v>
+        <x:v>90056729</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>Bowman Plating Company Inc</x:v>
+        <x:v>CAPPS MANUFACTURING INC,                          </x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>2631 E 126th St</x:v>
+        <x:v>2121 S EDWARDS ST.                  </x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>Compton</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>90222</x:v>
+        <x:v>67213-1868                          </x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>(310) 639-4343 EXTN 152</x:v>
+        <x:v>316-942-9351</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>(310) 639-3577</x:v>
+        <x:v>316-942-6771</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/20/2010</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v>Force Cure approved per RCI 643362</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>29629</x:v>
+        <x:v>29671</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>128</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90056729</x:v>
+        <x:v>90217589</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>CAPPS MANUFACTURING INC,                          </x:v>
+        <x:v>CONNELL PROCESSING INC</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>2121 S EDWARDS ST.                  </x:v>
+        <x:v>3080 N AVON ST</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>KS </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>67213-1868                          </x:v>
+        <x:v>91504-2003</x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>316-942-9351</x:v>
+        <x:v>8188457661</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>316-942-6771</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>10/20/2010</x:v>
+        <x:v>7/25/2025</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v/>
+        <x:v>Force Cure process approved per RC/I #BR121321.</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>29671</x:v>
+        <x:v>30425</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>43213</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90217589</x:v>
+        <x:v>90049630</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>CONNELL PROCESSING INC</x:v>
+        <x:v>Connell Processing Inc.</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>3080 N AVON ST</x:v>
+        <x:v>3094 N Avon St</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>BURBANK</x:v>
+        <x:v>Burbank</x:v>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>91504-2003</x:v>
+        <x:v>91504</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>8188457661</x:v>
+        <x:v>(818) 845-7953</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v/>
+        <x:v>(818) 845-8083</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>7/25/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V19" t="str">
         <x:v>Force Cure process approved per RC/I #BR121321.</x:v>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>30425</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>69</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90049630</x:v>
+        <x:v>90049292</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Connell Processing Inc.</x:v>
+        <x:v>CPI AEROSTRUCTURES INC</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>3094 N Avon St</x:v>
+        <x:v>91 HEARTLAND BLVD</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>EDGEWOOD</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>91504</x:v>
+        <x:v>11717</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>(818) 845-7953</x:v>
+        <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>(818) 845-8083</x:v>
+        <x:v>631-870-1138</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/8/2005</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v>Force Cure process approved per RC/I #BR121321.</x:v>
+        <x:v>Air dry only</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>298</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>226</x:v>
+        <x:v>23672</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90049292</x:v>
+        <x:v>90074102</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>CPI AEROSTRUCTURES INC</x:v>
+        <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>91 HEARTLAND BLVD</x:v>
+        <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>BRENTWOOD</x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>NY</x:v>
+        <x:v>AR</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>11717</x:v>
+        <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>6315865200</x:v>
+        <x:v>5015250268</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>631-870-1138</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>12/8/2005</x:v>
+        <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="K21" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="L21" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v>Air dry only</x:v>
+        <x:v>Forced cure per RCI 631876</x:v>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>926</x:v>
+        <x:v>17013</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>23672</x:v>
+        <x:v>23724</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90074102</x:v>
+        <x:v>90075204</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
+        <x:v>CRESTVIEW AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>7152 Central Ave</x:v>
+        <x:v>5486 FAIRCHILD RD</x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK</x:v>
+        <x:v>CRESTVIEW</x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>AR</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>71913-7348</x:v>
+        <x:v>32539-8155</x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>5015250268</x:v>
+        <x:v>8503314193</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v/>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>5/21/2019</x:v>
+        <x:v>7/1/2019</x:v>
       </x:c>
       <x:c r="K22" t="str">
-        <x:v>0CMM5</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L22" t="str">
-        <x:v>197035405</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V22" t="str">
-        <x:v>Forced cure per RCI 631876</x:v>
+        <x:v>Force Cure per RCI 124644</x:v>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>17013</x:v>
+        <x:v>17058</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>23724</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90075204</x:v>
+        <x:v>90049744</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>CRESTVIEW AEROSPACE LLC</x:v>
+        <x:v>CYGNUS INC                                        </x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>5486 FAIRCHILD RD</x:v>
+        <x:v>122 EMERALD INDUSTRIAL PARK RD      </x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>CRESTVIEW</x:v>
+        <x:v>PONDERAY                            </x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>FL</x:v>
+        <x:v>ID </x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>32539-8155</x:v>
+        <x:v>83852                               </x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>8503314193</x:v>
+        <x:v>2082634761</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v/>
+        <x:v>208-263-9217</x:v>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>7/1/2019</x:v>
+        <x:v>10/1/2004</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V23" t="str">
-        <x:v>Force Cure per RCI 124644</x:v>
+        <x:v>Air dry only
+</x:v>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>17058</x:v>
+        <x:v>2656</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>184</x:v>
+        <x:v>24831</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90049744</x:v>
+        <x:v>90075761</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>CYGNUS INC                                        </x:v>
+        <x:v>Ducommun Aerostructures Inc</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>122 EMERALD INDUSTRIAL PARK RD      </x:v>
+        <x:v>171 STACEY RD</x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>PONDERAY                            </x:v>
+        <x:v>COXSACKIE</x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>ID </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>83852                               </x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>2082634761</x:v>
+        <x:v>518-731-4627</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>208-263-9217</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J24" t="str">
-        <x:v>10/1/2004</x:v>
+        <x:v>1/9/2020</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V24" t="str">
-        <x:v>Air dry only
-</x:v>
+        <x:v>Limited to Force Air Drying Cycles shall be in accordance with RC/I R631876 (254304).</x:v>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>2656</x:v>
+        <x:v>23397</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>24831</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90075761</x:v>
+        <x:v>90050010</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>Ducommun Aerostructures Inc</x:v>
+        <x:v>E M E INC</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>171 STACEY RD</x:v>
+        <x:v>431 E. Oaks St</x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>COXSACKIE</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>12051</x:v>
+        <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>518-731-4627</x:v>
+        <x:v>3106391621</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v/>
+        <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>1/9/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V25" t="str">
-        <x:v>Limited to Force Air Drying Cycles shall be in accordance with RC/I R631876 (254304).</x:v>
+        <x:v>Limited to force cure per RCI BR100306</x:v>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>23397</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>66</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90050010</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>E M E INC</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>431 E. Oaks St</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F26" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>90221-1001</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>3106391621</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v>310-639-8559</x:v>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J26" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K26" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L26" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v/>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V26" t="str">
-        <x:v>Limited to force cure per RCI BR100306</x:v>
+        <x:v>Approved cure schedule per RCI R140383.</x:v>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>255</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>174</x:v>
+        <x:v>8015</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90064905</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>EMBEE PROCESSING, LLC</x:v>
+        <x:v>Fort Walton Machining Inc</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
+        <x:v>43 Jet Drive</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Ft Walton Beach</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>CA</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>32548</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>(850) 244-9095</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>(850) 244-4874</x:v>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/12/2015</x:v>
       </x:c>
       <x:c r="K27" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L27" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v>Approved cure schedule per RCI R140383.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>1751</x:v>
+        <x:v>2598</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>8015</x:v>
+        <x:v>26281</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90064905</x:v>
+        <x:v>90174451</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>Fort Walton Machining Inc</x:v>
+        <x:v>GSP METAL FINISHING INC</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>43 Jet Drive</x:v>
+        <x:v>16520 S FIGUEROA ST</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>Ft Walton Beach</x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>32548</x:v>
+        <x:v>90248</x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>(850) 244-9095</x:v>
+        <x:v>424-266-9152 X410</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v>(850) 244-4874</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>6/12/2015</x:v>
+        <x:v>12/4/2023</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v/>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V28" t="str">
-        <x:v/>
+        <x:v>Force cure per approved RC/I #BR631876</x:v>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>2598</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>26281</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90174451</x:v>
+        <x:v>90024658</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>GSP METAL FINISHING INC</x:v>
+        <x:v>Har-Conn Aerospace, Inc</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>16520 S FIGUEROA ST</x:v>
+        <x:v>5000 Augusta Dr</x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>Fort Worth</x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G29" t="str">
-        <x:v>90248</x:v>
+        <x:v>76106</x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>424-266-9152 X410</x:v>
+        <x:v>(817) 626-5437</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v/>
+        <x:v>(817) 625-5521</x:v>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>12/4/2023</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v/>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V29" t="str">
-        <x:v>Force cure per approved RC/I #BR631876</x:v>
+        <x:v>Limited to forced cure per RCI BR 214449</x:v>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>29259</x:v>
+        <x:v>23690</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="n">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>90024658</x:v>
+        <x:v>90050724</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>Har-Conn Aerospace, Inc</x:v>
+        <x:v>HELICOMB INTERNATIONAL INC                        </x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>5000 Augusta Dr</x:v>
+        <x:v>1402 S 69TH EAST AVE                </x:v>
       </x:c>
       <x:c r="E30" t="str">
-        <x:v>Fort Worth</x:v>
+        <x:v>TULSA                               </x:v>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>TX</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G30" t="str">
-        <x:v>76106</x:v>
+        <x:v>74112                               </x:v>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>(817) 626-5437</x:v>
+        <x:v>425-241-9587</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v>(817) 625-5521</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J30" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v/>
       </x:c>
       <x:c r="O30" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P30" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q30" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R30" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V30" t="str">
-        <x:v>Limited to forced cure per RCI BR 214449</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W30" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X30" t="n">
-        <x:v>23690</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD30" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="n">
-        <x:v>217</x:v>
+        <x:v>26091</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>90050724</x:v>
+        <x:v>90125705</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>HELICOMB INTERNATIONAL INC                        </x:v>
+        <x:v>HERITAGE AVIATION LTD                             </x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>1402 S 69TH EAST AVE                </x:v>
+        <x:v>901 AVENUE T                        </x:v>
       </x:c>
       <x:c r="E31" t="str">
-        <x:v>TULSA                               </x:v>
+        <x:v>GRAND PRAIRIE                       </x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>OK </x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>74112                               </x:v>
+        <x:v>75050                               </x:v>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>425-241-9587</x:v>
+        <x:v>9729888000</x:v>
       </x:c>
       <x:c r="I31" t="str">
         <x:v/>
       </x:c>
       <x:c r="J31" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/4/2022</x:v>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v/>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P31" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q31" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v/>
       </x:c>
       <x:c r="U31" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V31" t="str">
-        <x:v/>
+        <x:v>Ambient air cure only</x:v>
       </x:c>
       <x:c r="W31" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X31" t="n">
-        <x:v>1359</x:v>
+        <x:v>28885</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD31" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="n">
-        <x:v>26091</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>90125705</x:v>
+        <x:v>90053973</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>HERITAGE AVIATION LTD                             </x:v>
+        <x:v>Heroux-Devtek Inc</x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>901 AVENUE T                        </x:v>
+        <x:v>755 Rue Thurber</x:v>
       </x:c>
       <x:c r="E32" t="str">
-        <x:v>GRAND PRAIRIE                       </x:v>
+        <x:v>Longueuil Quebec</x:v>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>TX </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G32" t="str">
-        <x:v>75050                               </x:v>
+        <x:v>J4H 3N2</x:v>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>9729888000</x:v>
+        <x:v>(450) 679-5450</x:v>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v/>
+        <x:v>(450) 679-4554</x:v>
       </x:c>
       <x:c r="J32" t="str">
-        <x:v>8/4/2022</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
         <x:v/>
       </x:c>
       <x:c r="O32" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P32" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q32" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R32" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T32" t="str">
         <x:v/>
       </x:c>
       <x:c r="U32" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V32" t="str">
-        <x:v>Ambient air cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W32" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X32" t="n">
-        <x:v>28885</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA32" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB32" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC32" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD32" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="n">
-        <x:v>34</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>90053973</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>Heroux-Devtek Inc</x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>755 Rue Thurber</x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>Longueuil Quebec</x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v/>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>J4H 3N2</x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>(450) 679-5450</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>(450) 679-4554</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J33" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v/>
       </x:c>
       <x:c r="O33" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P33" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q33" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R33" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T33" t="str">
         <x:v/>
       </x:c>
       <x:c r="U33" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V33" t="str">
-        <x:v/>
+        <x:v>Cure per RC/I #BR631876</x:v>
       </x:c>
       <x:c r="W33" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X33" t="n">
-        <x:v>140</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA33" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB33" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC33" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD33" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
-        <x:v>246</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>Denton</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>76207</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J34" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v/>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V34" t="str">
-        <x:v>Cure per RC/I #BR631876</x:v>
+        <x:v>Air dry only. Approval required  approval for force dry </x:v>
       </x:c>
       <x:c r="W34" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X34" t="n">
-        <x:v>1589</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
-        <x:v>175</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90024608</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>HYDROFORM USA INC</x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>2848 E 208TH ST</x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>90810-1101</x:v>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>000-000-0000</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>310-632-0932</x:v>
       </x:c>
       <x:c r="J35" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v/>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V35" t="str">
-        <x:v>Air dry only. Approval required  approval for force dry </x:v>
+        <x:v>Force Cure per approved RC/I #BR044914</x:v>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X35" t="n">
-        <x:v>1115</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
-        <x:v>191</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>90024608</x:v>
+        <x:v>90053200</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>HYDROFORM USA INC</x:v>
+        <x:v>INCERTEC FLORIDA</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>2848 E 208TH ST</x:v>
+        <x:v>895 Buffalo Road</x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>LONG BEACH</x:v>
+        <x:v>Titusville</x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>CA</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>90810-1101</x:v>
+        <x:v>32796</x:v>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>000-000-0000</x:v>
+        <x:v>(321) 383-7798</x:v>
       </x:c>
       <x:c r="I36" t="str">
-        <x:v>310-632-0932</x:v>
+        <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="J36" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v/>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P36" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q36" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R36" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V36" t="str">
-        <x:v>Force Cure per approved RC/I #BR044914</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W36" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X36" t="n">
-        <x:v>1252</x:v>
+        <x:v>30338</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>288</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90053200</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>INCERTEC FLORIDA</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>895 Buffalo Road</x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>Titusville</x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>FL</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>32796</x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>(321) 383-7798</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>(321) 269-9200</x:v>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>1/13/2005</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v/>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V37" t="str">
-        <x:v/>
+        <x:v>Cure schedule per approved RCI BR 0631876</x:v>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>30338</x:v>
+        <x:v>30373</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD37" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>221</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>NY</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>11704</x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J38" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v/>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V38" t="str">
-        <x:v>Cure schedule per approved RCI BR 0631876</x:v>
+        <x:v>Air-cure only</x:v>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>30373</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>129</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>8135 1st AVE S</x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>SEATTLE</x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>WA</x:v>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>98108-4202</x:v>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>206-762-5855</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v>206-763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v/>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V39" t="str">
-        <x:v>Air-cure only</x:v>
+        <x:v>Limited to air dry only.  </x:v>
       </x:c>
       <x:c r="W39" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X39" t="n">
-        <x:v>821</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="Y39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA39" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB39" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC39" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD39" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG39" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="n">
-        <x:v>240</x:v>
+        <x:v>12874</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90066477</x:v>
       </x:c>
       <x:c r="C40" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>Mecaprotec Industries Jean-François</x:v>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>24, rue Jean-François Romieu </x:v>
       </x:c>
       <x:c r="E40" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>MURET, 31600</x:v>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>IL </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G40" t="str">
-        <x:v>60007                               </x:v>
+        <x:v/>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>(33) (0)5.61.51.82.00</x:v>
       </x:c>
       <x:c r="I40" t="str">
-        <x:v/>
+        <x:v>(33) (0)5.61.51.82.01</x:v>
       </x:c>
       <x:c r="J40" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/5/2017</x:v>
       </x:c>
       <x:c r="K40" t="str">
         <x:v/>
       </x:c>
       <x:c r="L40" t="str">
         <x:v/>
       </x:c>
       <x:c r="M40" t="str">
         <x:v/>
       </x:c>
       <x:c r="N40" t="str">
         <x:v/>
       </x:c>
       <x:c r="O40" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P40" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q40" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R40" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T40" t="str">
         <x:v/>
       </x:c>
       <x:c r="U40" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V40" t="str">
-        <x:v>Limited to air dry only.  </x:v>
+        <x:v>Approved for Force Cure per RC/I 631876</x:v>
       </x:c>
       <x:c r="W40" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X40" t="n">
-        <x:v>1563</x:v>
+        <x:v>9255</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA40" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB40" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC40" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD40" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG40" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="n">
-        <x:v>12874</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>90066477</x:v>
+        <x:v>90054111</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>Mecaprotec Industries Jean-François</x:v>
+        <x:v>Mecaprotec Industries Joffrey</x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>24, rue Jean-François Romieu </x:v>
+        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
       </x:c>
       <x:c r="E41" t="str">
-        <x:v>MURET, 31600</x:v>
+        <x:v>Muret Cedex</x:v>
       </x:c>
       <x:c r="F41" t="str">
         <x:v/>
       </x:c>
       <x:c r="G41" t="str">
-        <x:v/>
+        <x:v>31607</x:v>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>(33) (0)5.61.51.82.00</x:v>
+        <x:v>330561518207</x:v>
       </x:c>
       <x:c r="I41" t="str">
-        <x:v>(33) (0)5.61.51.82.01</x:v>
+        <x:v>0561518201</x:v>
       </x:c>
       <x:c r="J41" t="str">
-        <x:v>1/5/2017</x:v>
+        <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="K41" t="str">
         <x:v/>
       </x:c>
       <x:c r="L41" t="str">
         <x:v/>
       </x:c>
       <x:c r="M41" t="str">
         <x:v/>
       </x:c>
       <x:c r="N41" t="str">
         <x:v/>
       </x:c>
       <x:c r="O41" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P41" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q41" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R41" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T41" t="str">
         <x:v/>
       </x:c>
       <x:c r="U41" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V41" t="str">
         <x:v>Approved for Force Cure per RC/I 631876</x:v>
       </x:c>
       <x:c r="W41" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X41" t="n">
-        <x:v>9255</x:v>
+        <x:v>2604</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA41" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AB41" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AC41" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AD41" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG41" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="n">
-        <x:v>292</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>90054111</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>Mecaprotec Industries Joffrey</x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>Muret Cedex</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v/>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>31607</x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>330561518207</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I42" t="str">
-        <x:v>0561518201</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J42" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K42" t="str">
         <x:v/>
       </x:c>
       <x:c r="L42" t="str">
         <x:v/>
       </x:c>
       <x:c r="M42" t="str">
         <x:v/>
       </x:c>
       <x:c r="N42" t="str">
         <x:v/>
       </x:c>
       <x:c r="O42" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P42" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q42" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R42" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T42" t="str">
         <x:v/>
       </x:c>
       <x:c r="U42" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V42" t="str">
-        <x:v>Approved for Force Cure per RC/I 631876</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W42" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X42" t="n">
-        <x:v>2604</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA42" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB42" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC42" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD42" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG42" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="n">
-        <x:v>247</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E43" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>57213</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I43" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J43" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K43" t="str">
         <x:v/>
       </x:c>
       <x:c r="L43" t="str">
         <x:v/>
       </x:c>
       <x:c r="M43" t="str">
         <x:v/>
       </x:c>
       <x:c r="N43" t="str">
         <x:v/>
       </x:c>
       <x:c r="O43" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P43" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q43" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R43" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T43" t="str">
         <x:v/>
       </x:c>
       <x:c r="U43" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V43" t="str">
-        <x:v/>
+        <x:v>Limited to Ambient Air Cure only</x:v>
       </x:c>
       <x:c r="W43" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X43" t="n">
-        <x:v>1605</x:v>
+        <x:v>23483</x:v>
       </x:c>
       <x:c r="Y43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA43" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB43" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC43" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD43" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG43" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="n">
-        <x:v>303</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E44" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>CA </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I44" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J44" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K44" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L44" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M44" t="str">
         <x:v/>
       </x:c>
       <x:c r="N44" t="str">
         <x:v/>
       </x:c>
       <x:c r="O44" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P44" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q44" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R44" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T44" t="str">
         <x:v/>
       </x:c>
       <x:c r="U44" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V44" t="str">
-        <x:v>Limited to Ambient Air Cure only</x:v>
+        <x:v>Force Air Drying Cycles shall be in accordance with RC/I R631876 (254304).</x:v>
       </x:c>
       <x:c r="W44" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X44" t="n">
-        <x:v>23483</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="Y44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA44" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB44" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC44" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD44" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG44" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="n">
-        <x:v>203</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90052095</x:v>
       </x:c>
       <x:c r="C45" t="str">
-        <x:v>NORTH EAST FINISHING CO</x:v>
+        <x:v>Ozark Mountain Technologies, Inc.</x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>245 RALPH AV</x:v>
+        <x:v>106 Midland Drive</x:v>
       </x:c>
       <x:c r="E45" t="str">
-        <x:v>COPIAGUE</x:v>
+        <x:v>Cuba</x:v>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>NY</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>11726-1514</x:v>
+        <x:v>65453</x:v>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>(573) 885-3018</x:v>
       </x:c>
       <x:c r="I45" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v>(573) 885-3029</x:v>
       </x:c>
       <x:c r="J45" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/27/2006</x:v>
       </x:c>
       <x:c r="K45" t="str">
-        <x:v>7BZG6</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L45" t="str">
-        <x:v>947402947</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M45" t="str">
         <x:v/>
       </x:c>
       <x:c r="N45" t="str">
         <x:v/>
       </x:c>
       <x:c r="O45" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P45" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q45" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R45" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T45" t="str">
         <x:v/>
       </x:c>
       <x:c r="U45" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V45" t="str">
-        <x:v>Force Air Drying Cycles shall be in accordance with RC/I R631876 (254304).</x:v>
+        <x:v>Force Cure per Approved  RCI BR 631876</x:v>
       </x:c>
       <x:c r="W45" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X45" t="n">
-        <x:v>1302</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="Y45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA45" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB45" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC45" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD45" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG45" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="n">
-        <x:v>248</x:v>
+        <x:v>12086</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>90052095</x:v>
+        <x:v>90066422</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>Ozark Mountain Technologies, Inc.</x:v>
+        <x:v>Paragon Services Inc Sheridan  </x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>106 Midland Drive</x:v>
+        <x:v>2434 S. Sheridan </x:v>
       </x:c>
       <x:c r="E46" t="str">
-        <x:v>Cuba</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>MO</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>65453</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>(573) 885-3018</x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I46" t="str">
-        <x:v>(573) 885-3029</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J46" t="str">
-        <x:v>6/27/2006</x:v>
+        <x:v>8/19/2016</x:v>
       </x:c>
       <x:c r="K46" t="str">
         <x:v/>
       </x:c>
       <x:c r="L46" t="str">
         <x:v/>
       </x:c>
       <x:c r="M46" t="str">
         <x:v/>
       </x:c>
       <x:c r="N46" t="str">
         <x:v/>
       </x:c>
       <x:c r="O46" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P46" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q46" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R46" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T46" t="str">
         <x:v/>
       </x:c>
       <x:c r="U46" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V46" t="str">
-        <x:v>Force Cure per Approved  RCI BR 631876</x:v>
+        <x:v>Air dry only</x:v>
       </x:c>
       <x:c r="W46" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X46" t="n">
-        <x:v>1619</x:v>
+        <x:v>8191</x:v>
       </x:c>
       <x:c r="Y46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA46" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB46" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC46" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD46" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG46" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="n">
-        <x:v>12086</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>90066422</x:v>
+        <x:v>90052168</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>Paragon Services Inc Sheridan  </x:v>
+        <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>2434 S. Sheridan </x:v>
+        <x:v>1015 S West Street</x:v>
       </x:c>
       <x:c r="E47" t="str">
         <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F47" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="G47" t="str">
         <x:v>67213</x:v>
       </x:c>
       <x:c r="H47" t="str">
         <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v/>
+        <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="J47" t="str">
-        <x:v>8/19/2016</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K47" t="str">
         <x:v/>
       </x:c>
       <x:c r="L47" t="str">
         <x:v/>
       </x:c>
       <x:c r="M47" t="str">
         <x:v/>
       </x:c>
       <x:c r="N47" t="str">
         <x:v/>
       </x:c>
       <x:c r="O47" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P47" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q47" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R47" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T47" t="str">
         <x:v/>
       </x:c>
       <x:c r="U47" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V47" t="str">
-        <x:v>Air dry only</x:v>
+        <x:v>Excludes Titanium.</x:v>
       </x:c>
       <x:c r="W47" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X47" t="n">
-        <x:v>8191</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Y47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA47" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB47" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC47" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD47" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="n">
-        <x:v>149</x:v>
+        <x:v>26343</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>90052168</x:v>
+        <x:v>90127495</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>Paragon Services Inc West St.</x:v>
+        <x:v>POTEZ AERONAUTIQUE                                </x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>1015 S West Street</x:v>
+        <x:v>8 Route Du Houga BP 149             </x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>AIRE-SUR-L'ADOUR                    </x:v>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>KS</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>67213</x:v>
+        <x:v>40800                               </x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>0558714778          </x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v>(316) 945-8906</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J48" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/4/2024</x:v>
       </x:c>
       <x:c r="K48" t="str">
         <x:v/>
       </x:c>
       <x:c r="L48" t="str">
         <x:v/>
       </x:c>
       <x:c r="M48" t="str">
         <x:v/>
       </x:c>
       <x:c r="N48" t="str">
         <x:v/>
       </x:c>
       <x:c r="O48" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P48" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q48" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R48" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T48" t="str">
         <x:v/>
       </x:c>
       <x:c r="U48" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V48" t="str">
-        <x:v>Excludes Titanium.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W48" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X48" t="n">
-        <x:v>796</x:v>
+        <x:v>29494</x:v>
       </x:c>
       <x:c r="Y48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA48" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB48" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC48" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD48" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG48" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="n">
-        <x:v>26343</x:v>
+        <x:v>25963</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>90127495</x:v>
+        <x:v>90077285</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>POTEZ AERONAUTIQUE                                </x:v>
+        <x:v>Potez Composites</x:v>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>8 Route Du Houga BP 149             </x:v>
+        <x:v>Quercypole</x:v>
       </x:c>
       <x:c r="E49" t="str">
-        <x:v>AIRE-SUR-L'ADOUR                    </x:v>
+        <x:v>Cambes</x:v>
       </x:c>
       <x:c r="F49" t="str">
         <x:v/>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>40800                               </x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>0558714778          </x:v>
+        <x:v>+33-565-50-3370</x:v>
       </x:c>
       <x:c r="I49" t="str">
         <x:v/>
       </x:c>
       <x:c r="J49" t="str">
-        <x:v>1/4/2024</x:v>
+        <x:v>2/23/2021</x:v>
       </x:c>
       <x:c r="K49" t="str">
         <x:v/>
       </x:c>
       <x:c r="L49" t="str">
         <x:v/>
       </x:c>
       <x:c r="M49" t="str">
         <x:v/>
       </x:c>
       <x:c r="N49" t="str">
         <x:v/>
       </x:c>
       <x:c r="O49" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P49" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q49" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R49" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T49" t="str">
         <x:v/>
       </x:c>
       <x:c r="U49" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V49" t="str">
         <x:v/>
       </x:c>
       <x:c r="W49" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X49" t="n">
-        <x:v>29494</x:v>
+        <x:v>28790</x:v>
       </x:c>
       <x:c r="Y49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA49" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AB49" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AC49" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AD49" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG49" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="n">
-        <x:v>25963</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>90077285</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Potez Composites</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>Quercypole</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v>Cambes</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v/>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>46100</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>+33-565-50-3370</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v/>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J50" t="str">
-        <x:v>2/23/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K50" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L50" t="str">
         <x:v/>
       </x:c>
       <x:c r="M50" t="str">
         <x:v/>
       </x:c>
       <x:c r="N50" t="str">
         <x:v/>
       </x:c>
       <x:c r="O50" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P50" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q50" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R50" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T50" t="str">
         <x:v/>
       </x:c>
       <x:c r="U50" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V50" t="str">
-        <x:v/>
+        <x:v>Air dry only</x:v>
       </x:c>
       <x:c r="W50" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X50" t="n">
-        <x:v>28790</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="Y50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA50" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB50" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC50" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD50" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG50" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="n">
-        <x:v>153</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v>GROVE                               </x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>OK </x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>74344                               </x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J51" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K51" t="str">
-        <x:v>4GMH2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L51" t="str">
         <x:v/>
       </x:c>
       <x:c r="M51" t="str">
         <x:v/>
       </x:c>
       <x:c r="N51" t="str">
         <x:v/>
       </x:c>
       <x:c r="O51" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P51" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q51" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R51" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T51" t="str">
         <x:v/>
       </x:c>
       <x:c r="U51" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V51" t="str">
-        <x:v>Air dry only</x:v>
+        <x:v>Allowance for force cure per RCI R036459</x:v>
       </x:c>
       <x:c r="W51" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X51" t="n">
-        <x:v>842</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Y51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA51" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB51" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC51" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD51" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG51" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="n">
-        <x:v>35</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90052667</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>Royal Engineered Composites</x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>1046 E 9th St</x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>Minden</x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>AR </x:v>
+        <x:v>NE</x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>68959-2439</x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>(308) 832-2760</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v>(308) 832-2214</x:v>
       </x:c>
       <x:c r="J52" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/25/2004</x:v>
       </x:c>
       <x:c r="K52" t="str">
         <x:v/>
       </x:c>
       <x:c r="L52" t="str">
         <x:v/>
       </x:c>
       <x:c r="M52" t="str">
         <x:v/>
       </x:c>
       <x:c r="N52" t="str">
         <x:v/>
       </x:c>
       <x:c r="O52" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P52" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q52" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R52" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T52" t="str">
         <x:v/>
       </x:c>
       <x:c r="U52" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V52" t="str">
-        <x:v>Allowance for force cure per RCI R036459</x:v>
+        <x:v>Limits: Limited to Air Drying only</x:v>
       </x:c>
       <x:c r="W52" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X52" t="n">
-        <x:v>153</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="Y52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA52" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB52" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC52" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD52" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG52" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="n">
-        <x:v>273</x:v>
+        <x:v>26137</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>90052667</x:v>
+        <x:v>90128120</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>Royal Engineered Composites</x:v>
+        <x:v>SPEM AERO SAS </x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>1046 E 9th St</x:v>
+        <x:v>6 rue du castelmouly </x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v>Minden</x:v>
+        <x:v>Bagnères de Bigorre </x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>NE</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v>68959-2439</x:v>
+        <x:v>65200</x:v>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>(308) 832-2760</x:v>
+        <x:v>33562913232 </x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v>(308) 832-2214</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J53" t="str">
-        <x:v>3/25/2004</x:v>
+        <x:v>2/7/2023</x:v>
       </x:c>
       <x:c r="K53" t="str">
         <x:v/>
       </x:c>
       <x:c r="L53" t="str">
         <x:v/>
       </x:c>
       <x:c r="M53" t="str">
         <x:v/>
       </x:c>
       <x:c r="N53" t="str">
         <x:v/>
       </x:c>
       <x:c r="O53" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P53" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q53" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R53" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T53" t="str">
         <x:v/>
       </x:c>
       <x:c r="U53" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V53" t="str">
-        <x:v>Limits: Limited to Air Drying only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W53" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X53" t="n">
-        <x:v>1697</x:v>
+        <x:v>28797</x:v>
       </x:c>
       <x:c r="Y53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA53" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB53" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC53" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD53" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG53" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="n">
-        <x:v>26137</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>90128120</x:v>
+        <x:v>90046508</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>SPEM AERO SAS </x:v>
+        <x:v>Stelia Aerospace North America Inc</x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>6 rue du castelmouly </x:v>
+        <x:v>71 Hall St</x:v>
       </x:c>
       <x:c r="E54" t="str">
-        <x:v>Bagnères de Bigorre </x:v>
+        <x:v>Lunenburg,  Nova Scotia </x:v>
       </x:c>
       <x:c r="F54" t="str">
         <x:v/>
       </x:c>
       <x:c r="G54" t="str">
-        <x:v>65200</x:v>
+        <x:v>B0J 1T0</x:v>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>33562913232 </x:v>
+        <x:v>(902) 634-8448</x:v>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v/>
+        <x:v>(902) 634-8398</x:v>
       </x:c>
       <x:c r="J54" t="str">
-        <x:v>2/7/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K54" t="str">
         <x:v/>
       </x:c>
       <x:c r="L54" t="str">
         <x:v/>
       </x:c>
       <x:c r="M54" t="str">
         <x:v/>
       </x:c>
       <x:c r="N54" t="str">
         <x:v/>
       </x:c>
       <x:c r="O54" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P54" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q54" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R54" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T54" t="str">
         <x:v/>
       </x:c>
       <x:c r="U54" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V54" t="str">
-        <x:v/>
+        <x:v>Air cure only</x:v>
       </x:c>
       <x:c r="W54" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X54" t="n">
-        <x:v>28797</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="Y54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA54" t="n">
-        <x:v>185</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB54" t="str">
-        <x:v>France</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC54" t="str">
-        <x:v>FR</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD54" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG54" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="n">
-        <x:v>224</x:v>
+        <x:v>26268</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>90046508</x:v>
+        <x:v>90174224</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>Stelia Aerospace North America Inc</x:v>
+        <x:v>Sterling Engineering Corporation</x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>71 Hall St</x:v>
+        <x:v>236 New Hartford Rd.</x:v>
       </x:c>
       <x:c r="E55" t="str">
-        <x:v>Lunenburg,  Nova Scotia </x:v>
+        <x:v>Barkhamsted</x:v>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v/>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>B0J 1T0</x:v>
+        <x:v>06063</x:v>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>(902) 634-8448</x:v>
+        <x:v>860-379-3366 x2122</x:v>
       </x:c>
       <x:c r="I55" t="str">
-        <x:v>(902) 634-8398</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J55" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/31/2023</x:v>
       </x:c>
       <x:c r="K55" t="str">
         <x:v/>
       </x:c>
       <x:c r="L55" t="str">
         <x:v/>
       </x:c>
       <x:c r="M55" t="str">
         <x:v/>
       </x:c>
       <x:c r="N55" t="str">
         <x:v/>
       </x:c>
       <x:c r="O55" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P55" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q55" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R55" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T55" t="str">
         <x:v/>
       </x:c>
       <x:c r="U55" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V55" t="str">
-        <x:v>Air cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W55" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X55" t="n">
-        <x:v>1446</x:v>
+        <x:v>29223</x:v>
       </x:c>
       <x:c r="Y55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA55" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB55" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC55" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD55" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG55" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="n">
-        <x:v>26268</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>90174224</x:v>
+        <x:v>90053143</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>Sterling Engineering Corporation</x:v>
+        <x:v>Sullivan Precision Metal Finishing</x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>236 New Hartford Rd.</x:v>
+        <x:v>995 North Service Road West</x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v>Barkhamsted</x:v>
+        <x:v>Sullivan</x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>CT</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>06063</x:v>
+        <x:v>63080</x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>860-379-3366 x2122</x:v>
+        <x:v>(573) 468-8049</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v/>
+        <x:v>(573) 468-2182</x:v>
       </x:c>
       <x:c r="J56" t="str">
-        <x:v>10/31/2023</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K56" t="str">
         <x:v/>
       </x:c>
       <x:c r="L56" t="str">
         <x:v/>
       </x:c>
       <x:c r="M56" t="str">
         <x:v/>
       </x:c>
       <x:c r="N56" t="str">
         <x:v/>
       </x:c>
       <x:c r="O56" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P56" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q56" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R56" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T56" t="str">
         <x:v/>
       </x:c>
       <x:c r="U56" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V56" t="str">
-        <x:v/>
+        <x:v>Force Cure per RCI 648978 pending approval</x:v>
       </x:c>
       <x:c r="W56" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X56" t="n">
-        <x:v>29223</x:v>
+        <x:v>30063</x:v>
       </x:c>
       <x:c r="Y56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA56" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB56" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC56" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD56" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG56" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="n">
-        <x:v>161</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90053238</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>TACTAIR FLUID CONTROLS INC                        </x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>4806 W TAFT RD                      </x:v>
       </x:c>
       <x:c r="E57" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>LIVERPOOL                           </x:v>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>MO</x:v>
+        <x:v>NY </x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v>63080</x:v>
+        <x:v>13088-4810                          </x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>315-451-3928</x:v>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v>315-451-8919</x:v>
       </x:c>
       <x:c r="J57" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K57" t="str">
         <x:v/>
       </x:c>
       <x:c r="L57" t="str">
         <x:v/>
       </x:c>
       <x:c r="M57" t="str">
         <x:v/>
       </x:c>
       <x:c r="N57" t="str">
         <x:v/>
       </x:c>
       <x:c r="O57" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P57" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q57" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R57" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T57" t="str">
         <x:v/>
       </x:c>
       <x:c r="U57" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V57" t="str">
-        <x:v>Force Cure per RCI 648978 pending approval</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W57" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X57" t="n">
-        <x:v>30063</x:v>
+        <x:v>30434</x:v>
       </x:c>
       <x:c r="Y57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA57" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB57" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC57" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD57" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG57" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="n">
-        <x:v>1730</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>90053238</x:v>
+        <x:v>90053487</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>TACTAIR FLUID CONTROLS INC                        </x:v>
+        <x:v>TRIUMPH GROUP OPERATIONS</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>4806 W TAFT RD                      </x:v>
+        <x:v>4520 HAMPTON RD</x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v>LIVERPOOL                           </x:v>
+        <x:v>CLEMMONS</x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>NY </x:v>
+        <x:v>NC</x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>13088-4810                          </x:v>
+        <x:v>27012</x:v>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>315-451-3928</x:v>
+        <x:v>3367669036</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>315-451-8919</x:v>
+        <x:v>336-766-9040</x:v>
       </x:c>
       <x:c r="J58" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K58" t="str">
         <x:v/>
       </x:c>
       <x:c r="L58" t="str">
         <x:v/>
       </x:c>
       <x:c r="M58" t="str">
         <x:v/>
       </x:c>
       <x:c r="N58" t="str">
         <x:v/>
       </x:c>
       <x:c r="O58" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P58" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q58" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R58" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T58" t="str">
         <x:v/>
       </x:c>
       <x:c r="U58" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V58" t="str">
         <x:v/>
       </x:c>
       <x:c r="W58" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X58" t="n">
-        <x:v>30434</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Y58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA58" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB58" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC58" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD58" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG58" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="n">
-        <x:v>95</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>90053487</x:v>
+        <x:v>90053494</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>TRIUMPH GROUP OPERATIONS</x:v>
+        <x:v>TRIUMPH PROCESSING</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>4520 HAMPTON RD</x:v>
+        <x:v>2605 INDUSTRY WAY</x:v>
       </x:c>
       <x:c r="E59" t="str">
-        <x:v>CLEMMONS</x:v>
+        <x:v>LYNWOOD</x:v>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>NC</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G59" t="str">
-        <x:v>27012</x:v>
+        <x:v>90262</x:v>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>3367669036</x:v>
+        <x:v>(323) 563-1338</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v>336-766-9040</x:v>
+        <x:v>323-567-7130</x:v>
       </x:c>
       <x:c r="J59" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K59" t="str">
         <x:v/>
       </x:c>
       <x:c r="L59" t="str">
         <x:v/>
       </x:c>
       <x:c r="M59" t="str">
         <x:v/>
       </x:c>
       <x:c r="N59" t="str">
         <x:v/>
       </x:c>
       <x:c r="O59" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P59" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q59" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R59" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T59" t="str">
         <x:v/>
       </x:c>
       <x:c r="U59" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V59" t="str">
-        <x:v/>
+        <x:v>Air cure only</x:v>
       </x:c>
       <x:c r="W59" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X59" t="n">
-        <x:v>536</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Y59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA59" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB59" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC59" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD59" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG59" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="n">
-        <x:v>63</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>90053494</x:v>
+        <x:v>90218498</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>TRIUMPH PROCESSING</x:v>
+        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>2605 INDUSTRY WAY</x:v>
+        <x:v>2588 Industry Way</x:v>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v>LYNWOOD</x:v>
+        <x:v>Lynwood</x:v>
       </x:c>
       <x:c r="F60" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v>90262</x:v>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>(323) 563-1338</x:v>
+        <x:v>310-613-6758</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v>323-567-7130</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J60" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/22/2025</x:v>
       </x:c>
       <x:c r="K60" t="str">
         <x:v/>
       </x:c>
       <x:c r="L60" t="str">
         <x:v/>
       </x:c>
       <x:c r="M60" t="str">
         <x:v/>
       </x:c>
       <x:c r="N60" t="str">
         <x:v/>
       </x:c>
       <x:c r="O60" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P60" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q60" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R60" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T60" t="str">
         <x:v/>
       </x:c>
       <x:c r="U60" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V60" t="str">
         <x:v>Air cure only</x:v>
       </x:c>
       <x:c r="W60" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X60" t="n">
-        <x:v>236</x:v>
+        <x:v>30387</x:v>
       </x:c>
       <x:c r="Y60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA60" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB60" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC60" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD60" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG60" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="n">
-        <x:v>44946</x:v>
+        <x:v>26163</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90218498</x:v>
+        <x:v>90173265</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>2588 Industry Way</x:v>
+        <x:v>601 Airport Dr</x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v>Lynwood</x:v>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>90262</x:v>
+        <x:v>76063-2718</x:v>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>310-613-6758</x:v>
+        <x:v>817-477-2193 (X220)</x:v>
       </x:c>
       <x:c r="I61" t="str">
         <x:v/>
       </x:c>
       <x:c r="J61" t="str">
-        <x:v>9/22/2025</x:v>
+        <x:v>5/31/2023</x:v>
       </x:c>
       <x:c r="K61" t="str">
         <x:v/>
       </x:c>
       <x:c r="L61" t="str">
         <x:v/>
       </x:c>
       <x:c r="M61" t="str">
         <x:v/>
       </x:c>
       <x:c r="N61" t="str">
         <x:v/>
       </x:c>
       <x:c r="O61" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P61" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q61" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R61" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T61" t="str">
         <x:v/>
       </x:c>
       <x:c r="U61" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V61" t="str">
-        <x:v>Air cure only</x:v>
+        <x:v>Forced Cure per RCI 461455</x:v>
       </x:c>
       <x:c r="W61" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X61" t="n">
-        <x:v>30387</x:v>
+        <x:v>30515</x:v>
       </x:c>
       <x:c r="Y61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA61" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB61" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC61" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD61" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG61" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="n">
-        <x:v>26163</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>90173265</x:v>
+        <x:v>90056626</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+        <x:v>VECCO</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>601 Airport Dr</x:v>
+        <x:v>1650 S MCCOMAS ST</x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>TX</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>76063-2718</x:v>
+        <x:v>67213-1239</x:v>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>817-477-2193 (X220)</x:v>
+        <x:v>316-648-7805</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v/>
+        <x:v>316-942-0687</x:v>
       </x:c>
       <x:c r="J62" t="str">
-        <x:v>5/31/2023</x:v>
+        <x:v>12/18/2013</x:v>
       </x:c>
       <x:c r="K62" t="str">
         <x:v/>
       </x:c>
       <x:c r="L62" t="str">
         <x:v/>
       </x:c>
       <x:c r="M62" t="str">
         <x:v/>
       </x:c>
       <x:c r="N62" t="str">
         <x:v/>
       </x:c>
       <x:c r="O62" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P62" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q62" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R62" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T62" t="str">
         <x:v/>
       </x:c>
       <x:c r="U62" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V62" t="str">
-        <x:v>Forced Cure per RCI 461455</x:v>
+        <x:v>Force cure per approved RCI #BR531876</x:v>
       </x:c>
       <x:c r="W62" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X62" t="n">
-        <x:v>30515</x:v>
+        <x:v>23591</x:v>
       </x:c>
       <x:c r="Y62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA62" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB62" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC62" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD62" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG62" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="n">
-        <x:v>307</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>90056626</x:v>
+        <x:v>90053807</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>VECCO</x:v>
+        <x:v>WEATHERFORD AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>1650 S MCCOMAS ST</x:v>
+        <x:v>610 W THIRD ST</x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>WICHITA</x:v>
+        <x:v>WEATHERFORD</x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>KS</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>67213-1239</x:v>
+        <x:v>76086-2037</x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>316-648-7805</x:v>
+        <x:v>817-594-5464</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v>316-942-0687</x:v>
+        <x:v>817-594-7450</x:v>
       </x:c>
       <x:c r="J63" t="str">
-        <x:v>12/18/2013</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K63" t="str">
         <x:v/>
       </x:c>
       <x:c r="L63" t="str">
         <x:v/>
       </x:c>
       <x:c r="M63" t="str">
         <x:v/>
       </x:c>
       <x:c r="N63" t="str">
         <x:v/>
       </x:c>
       <x:c r="O63" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P63" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q63" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R63" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T63" t="str">
         <x:v/>
       </x:c>
       <x:c r="U63" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V63" t="str">
-        <x:v>Force cure per approved RCI #BR531876</x:v>
+        <x:v>Air cure only</x:v>
       </x:c>
       <x:c r="W63" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X63" t="n">
-        <x:v>23591</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="Y63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA63" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB63" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC63" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD63" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG63" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="n">
-        <x:v>209</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>90053807</x:v>
+        <x:v>90053884</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>WEATHERFORD AEROSPACE LLC</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>610 W THIRD ST</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="E64" t="str">
-        <x:v>WEATHERFORD</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>TX</x:v>
+        <x:v>MN</x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>76086-2037</x:v>
+        <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>817-594-5464</x:v>
+        <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v>817-594-7450</x:v>
+        <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="J64" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="K64" t="str">
         <x:v/>
       </x:c>
       <x:c r="L64" t="str">
         <x:v/>
       </x:c>
       <x:c r="M64" t="str">
         <x:v/>
       </x:c>
       <x:c r="N64" t="str">
         <x:v/>
       </x:c>
       <x:c r="O64" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="P64" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q64" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="R64" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T64" t="str">
         <x:v/>
       </x:c>
       <x:c r="U64" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V64" t="str">
-        <x:v>Air cure only</x:v>
+        <x:v>Air Drying only</x:v>
       </x:c>
       <x:c r="W64" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="X64" t="n">
-        <x:v>1322</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="Y64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA64" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB64" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC64" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD64" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG64" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG65" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>