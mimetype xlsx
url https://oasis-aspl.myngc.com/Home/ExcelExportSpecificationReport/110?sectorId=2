--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67bf533c1e54829" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e76d643a27c4fbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R58759a54495846c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R8a3e0e4689a44ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R58759a54495846c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a3e0e4689a44ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1984,75 +1984,75 @@
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B21" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H21" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J21" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K21" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>