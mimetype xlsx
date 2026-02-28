--- v1 (2025-12-19)
+++ v2 (2026-02-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e76d643a27c4fbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab0950277bc14f06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R8a3e0e4689a44ae7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd2d61d5862ad40e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a3e0e4689a44ae7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2d61d5862ad40e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -709,63 +709,63 @@
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
@@ -905,63 +905,63 @@
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>90049292</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>CPI AEROSTRUCTURES INC                            </x:v>
+        <x:v>CPI AEROSTRUCTURES INC</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>91 HEARTLAND BLVD                   </x:v>
+        <x:v>91 HEARTLAND BLVD</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>EDGEWOOD                            </x:v>
+        <x:v>EDGEWOOD</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>NY </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>11717                               </x:v>
+        <x:v>11717</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>631-870-1138</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>12/8/2005</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
@@ -1586,803 +1586,803 @@
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>303</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>CA </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v/>
+        <x:v>Air-cure only</x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>23480</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>203</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>NORTH EAST FINISHING CO</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>245 RALPH AV</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>COPIAGUE</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>11726-1514</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K18" t="str">
-        <x:v>7BZG6</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L18" t="str">
-        <x:v>947402947</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V18" t="str">
         <x:v/>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>1301</x:v>
+        <x:v>23480</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>12086</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90066422</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Paragon Services Inc Sheridan  </x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>2434 S. Sheridan </x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>KS</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>67213</x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v/>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>8/19/2016</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K19" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L19" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V19" t="str">
         <x:v/>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>8190</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>149</x:v>
+        <x:v>12086</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90052168</x:v>
+        <x:v>90066422</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Paragon Services Inc West St.</x:v>
+        <x:v>Paragon Services Inc Sheridan  </x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>1015 S West Street</x:v>
+        <x:v>2434 S. Sheridan </x:v>
       </x:c>
       <x:c r="E20" t="str">
         <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F20" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v>67213</x:v>
       </x:c>
       <x:c r="H20" t="str">
         <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>(316) 945-8906</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>8/19/2016</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V20" t="str">
         <x:v/>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>795</x:v>
+        <x:v>8190</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90052168</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
+        <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
+        <x:v>1015 S West Street</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>GROVE                               </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>OK </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>74344                               </x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K21" t="str">
-        <x:v>4GMH2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V21" t="str">
         <x:v/>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>29415</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>63</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90053494</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>TRIUMPH PROCESSING</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>2605 INDUSTRY WAY</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>LYNWOOD</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>CA</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>90262</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>(323) 563-1338</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v>323-567-7130</x:v>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J22" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K22" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V22" t="str">
         <x:v/>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>235</x:v>
+        <x:v>29415</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>44946</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90218498</x:v>
+        <x:v>90053494</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
+        <x:v>TRIUMPH PROCESSING</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>2588 Industry Way</x:v>
+        <x:v>2605 INDUSTRY WAY</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>Lynwood</x:v>
+        <x:v>LYNWOOD</x:v>
       </x:c>
       <x:c r="F23" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v>90262</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>310-613-6758</x:v>
+        <x:v>(323) 563-1338</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v/>
+        <x:v>323-567-7130</x:v>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>9/22/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V23" t="str">
         <x:v/>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>30386</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>129</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90218498</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>2588 Industry Way</x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Lynwood</x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>98108</x:v>
+        <x:v>90262</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>310-613-6758</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J24" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>9/22/2025</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V24" t="str">
-        <x:v>Air-cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>769</x:v>
+        <x:v>30386</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>