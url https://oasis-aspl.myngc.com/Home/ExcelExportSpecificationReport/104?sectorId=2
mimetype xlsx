--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67c72019430442f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4675c5117ed44ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R963f8287181c4d12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra36da51c16df4840"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R963f8287181c4d12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra36da51c16df4840" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -3255,75 +3255,75 @@
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD33" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B34" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H34" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I34" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J34" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K34" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v/>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
@@ -4041,72 +4041,72 @@
       </x:c>
       <x:c r="AC41" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD41" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG41" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B42" t="str">
         <x:v>90053884</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="F42" t="str">
         <x:v>MN</x:v>
       </x:c>
       <x:c r="G42" t="str">
         <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="H42" t="str">
         <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="I42" t="str">
         <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="J42" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="K42" t="str">
         <x:v/>
       </x:c>
       <x:c r="L42" t="str">
         <x:v/>
       </x:c>
       <x:c r="M42" t="str">
         <x:v/>
       </x:c>
       <x:c r="N42" t="str">
         <x:v/>
       </x:c>
       <x:c r="O42" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="P42" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q42" t="str">
         <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R42" t="n">
         <x:v>3</x:v>
       </x:c>