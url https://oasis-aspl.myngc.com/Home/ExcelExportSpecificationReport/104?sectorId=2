--- v1 (2025-12-22)
+++ v2 (2026-02-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4675c5117ed44ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09ef129cfb34b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra36da51c16df4840"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb224d10c9e6e42af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra36da51c16df4840" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb224d10c9e6e42af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1197,63 +1197,63 @@
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B13" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F13" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
@@ -2465,313 +2465,313 @@
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>240</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>IL </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v/>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J26" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v/>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V26" t="str">
-        <x:v/>
+        <x:v>Limited to Aluminum Only</x:v>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>1113</x:v>
+        <x:v>10438</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>12874</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90066477</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Mecaprotec Industries Jean-François</x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>24, rue Jean-François Romieu </x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>MURET, 31600</x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v/>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v/>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>(33) (0)5.61.51.82.00</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>(33) (0)5.61.51.82.01</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>1/5/2017</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v>Limited to Aluminum Parts Only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>9254</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>292</x:v>
+        <x:v>12874</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90054111</x:v>
+        <x:v>90066477</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>Mecaprotec Industries Joffrey</x:v>
+        <x:v>Mecaprotec Industries Jean-François</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
+        <x:v>24, rue Jean-François Romieu </x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>Muret Cedex</x:v>
+        <x:v>MURET, 31600</x:v>
       </x:c>
       <x:c r="F28" t="str">
         <x:v/>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>31607</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>330561518207</x:v>
+        <x:v>(33) (0)5.61.51.82.00</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v>0561518201</x:v>
+        <x:v>(33) (0)5.61.51.82.01</x:v>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>1/5/2017</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v/>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V28" t="str">
-        <x:v>Limited to aluminum alloy parts</x:v>
+        <x:v>Limited to Aluminum Parts Only</x:v>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>1777</x:v>
+        <x:v>9254</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3837,117 +3837,117 @@
       </x:c>
       <x:c r="AA39" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB39" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC39" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD39" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG39" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="n">
-        <x:v>129</x:v>
+        <x:v>26163</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90173265</x:v>
       </x:c>
       <x:c r="C40" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>601 Airport Dr</x:v>
       </x:c>
       <x:c r="E40" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>WA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G40" t="str">
-        <x:v>98108</x:v>
+        <x:v>76063-2718</x:v>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>817-477-2193 (X220)</x:v>
       </x:c>
       <x:c r="I40" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J40" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>5/31/2023</x:v>
       </x:c>
       <x:c r="K40" t="str">
         <x:v/>
       </x:c>
       <x:c r="L40" t="str">
         <x:v/>
       </x:c>
       <x:c r="M40" t="str">
         <x:v/>
       </x:c>
       <x:c r="N40" t="str">
         <x:v/>
       </x:c>
       <x:c r="O40" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="P40" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q40" t="str">
         <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R40" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T40" t="str">
         <x:v/>
       </x:c>
       <x:c r="U40" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V40" t="str">
-        <x:v>Limited to Aluminum Only</x:v>
+        <x:v>Aluminum  Titanium only per RCI R461800</x:v>
       </x:c>
       <x:c r="W40" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="X40" t="n">
-        <x:v>10438</x:v>
+        <x:v>30565</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA40" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB40" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC40" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD40" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF40" t="n">
         <x:v>2</x:v>
       </x:c>